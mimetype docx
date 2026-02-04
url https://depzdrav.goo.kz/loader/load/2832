--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,1302 +1,11780 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Об утверждении Правил изготовления и размещения вывесок с наименованием государственных органов на административных зданиях</w:t>
-      </w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>Постановление Правительства Республики Казахстан от 22 ноября 2011 года № 1371.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2011 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1371 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қаулысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      В соответствии с </w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәулет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2001 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шілдедег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00F92B79">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00336770">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t>З</w:t>
         </w:r>
-      </w:hyperlink>
-[...41 lines deleted...]
-        <w:r w:rsidRPr="00F92B79">
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00336770">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Правила</w:t>
+          <w:t>аңына</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> изготовления и размещения вывесок с наименованием государственных органов на административных зданиях.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үкіметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z5" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00336770">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қағидалары</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарияланғанынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5993"/>
-        <w:gridCol w:w="3232"/>
+        <w:gridCol w:w="6585"/>
+        <w:gridCol w:w="2640"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidTr="00F92B79">
+      <w:tr w:rsidR="00336770" w:rsidRPr="00336770" w:rsidTr="00336770">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F92B79">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Премьер-Министр</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidTr="00F92B79">
+      <w:tr w:rsidR="00336770" w:rsidRPr="00336770" w:rsidTr="00336770">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F92B79">
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Премьер-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F92B79">
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F92B79">
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Масимов</w:t>
+              <w:t>Мәсімов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidTr="00F92B79">
+      <w:tr w:rsidR="00336770" w:rsidRPr="00336770" w:rsidTr="00336770">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F92B79">
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+          <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="z4"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00F92B79">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Қазақстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F92B79">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>постановлением Правительства</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F92B79">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іметінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">2011 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F92B79">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 22 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қарашадағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>от 22 ноября 2011 года № 1371</w:t>
+              <w:t xml:space="preserve">№ 1371 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаулысымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00336770">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Правила</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...244 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Изготовление и размещения вывесок</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-        <w:t>с наименованием государственных органов</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      3. Вывеска должна быть выполнена размером не менее 60 х 80 сантиметров. При необходимости возможно увеличение размеров вывески, при этом должны соблюдаться пропорции 3/4.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мандайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аумағындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реттейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      Вывеска может быть расположена как горизонтально, так и вертикально.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қағидаларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      4. Вывеска располагается на подложке, толщиной от 1 сантиметра до 4 сантиметров, на подложке располагается вывеска с графической надписью названия государственного органа.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тамалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасбеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабырғалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>элементі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F92B79">
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Государственный Герб</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+        <w:t>Конституциямен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңдарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      Государственный Герб Республики Казахстан размещается по центру в верхней трети части вывески. Диаметр Государственного Герба Республики Казахстан должен соответствовать следующим соотношениям:</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      в случае горизонтального размещения: высота вывески к диаметру герба 1/5;</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынастарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      в случае вертикального размещения: высота вывески к диаметру герба 1/6.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақталуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функцияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      6. Под Государственным Гербом Республики Казахстан в нижней 2/3 части вывески располагается название государственного органа. Высота букв текста вывески должна быть не менее 3 сантиметров. Фон полотна должен быть синего цвета, а букв золотого цвета.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төсем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рамка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...46 lines deleted...]
-        <w:t>".</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60x80 сантиметр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мөлшерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасалуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мөлшерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлғайтуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3/4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арақатынасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      9. В случае если государственное учреждение является структурным или подведомственным подразделением центрального, местного представительного и исполнительного органа, то на вывеске необходимо указать наименование государственного органа.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайшаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көлденең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тігінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      Данная надпись располагается по центру над Государственным Гербом Республики Казахстан. Размер букв надписи составляет не менее 2 сантиметров.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңдығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сантиметрден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сантиметрге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төсемге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төсемде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>графикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      10. Наименование государственного органа должно быть изложено на государственном и русском, а при необходимости, и на других языках.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайшалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елтаңбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      11. В случае изготовления и размещения вывесок с наименованием государственного органа на государственном и русском, и на других языках они выполняются в виде разных вывесок, отдельно расположенных друг от друга.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елтаңбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғарғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үштен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елтаңбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диаметрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...7 lines deleted...]
-        <w:t>      12. Недопустимо использование в тексте иностранных слов, в том числе выполненных латинскими буквами, сокращений названий и аббревиатур.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көлденең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биіктігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елтаңбаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диаметріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/5;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      13. Место размещения вывески должно информировать о наименовании и месторасположение государственного органа и указывать место входа. Вывеска должна располагаться на фасаде здания в пределах 10 метров от входа в помещение или в пределах помещения, занимаемого государственным органом.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тігінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биіктігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елтаңбаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диаметріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/6.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      14. Другие информационные данные, такие как: временной режим работы, расписания приема и фамилии руководителей, недопустимо располагать на вывесках или рядом с наименованием государственного органа.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елтаңбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2/3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әріптерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>биіктігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 сантиметр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Полотноның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реңі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әріптер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      15. Вывески на фасадах должны быть подсвечены в темное время суток.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 сантиметр алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рамкамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоршалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      16. Государственный орган осуществляет подготовку, согласование, оформление и установку вывески.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шрифті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Book</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Antiqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      17. Вывески государственных органов и государственных учреждений меняются в случае изменения официального наименования или подчиненности государственного учреждения, вследствие естественного износа и морально устаревшие вывески, а также по мере необходимости при смене территориального месторасположения (переезда).</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыныстағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92B79" w:rsidRPr="00F92B79" w:rsidRDefault="00F92B79" w:rsidP="00F92B79">
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92B79">
-[...6 lines deleted...]
-        <w:t>      18. Вывески должны содержаться государственным органом в надлежащем техническом и эстетическом состоянии на протяжении всего периода эксплуатации.</w:t>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елтаңбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жазбадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мөлшері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 сантиметр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындалып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір-бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мәтінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөздерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>латын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөздерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қысқартылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аббревиатураларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайшаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимараттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасбетінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үй-жайға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіреберістен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 метр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шегінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үй-жай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шегінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қасбеттегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келісуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнатуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыныстылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдайшалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табиғи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тозудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>моральдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескірудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салдарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аумақтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыстырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыстырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00336770" w:rsidRPr="00336770" w:rsidRDefault="00336770" w:rsidP="00336770">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маңдайшаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эстетикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жай-күйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00336770">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:sectPr w:rsidR="00F92B79" w:rsidRPr="00F92B79">
+    <w:sectPr w:rsidR="00336770" w:rsidRPr="00336770">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1312,53 +11790,53 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0D396900"/>
+    <w:nsid w:val="1BB2376F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F6E688C0"/>
+    <w:tmpl w:val="ABB24C90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1461,53 +11939,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1A555567"/>
+    <w:nsid w:val="24D2373E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="40FC67FC"/>
+    <w:tmpl w:val="F17A9192"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1610,53 +12088,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3BD22DFA"/>
+    <w:nsid w:val="27250185"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3C421330"/>
+    <w:tmpl w:val="07FC87EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1759,53 +12237,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="4BA412DC"/>
+    <w:nsid w:val="3FB82F77"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4E0EE466"/>
+    <w:tmpl w:val="4B42A9DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1908,53 +12386,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="563E53FC"/>
+    <w:nsid w:val="5DF96075"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="85E2AF74"/>
+    <w:tmpl w:val="61F8CEB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2057,53 +12535,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="57952C95"/>
+    <w:nsid w:val="5E5B065B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="11622B32"/>
+    <w:tmpl w:val="0A641270"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2206,53 +12684,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="5CD7007C"/>
+    <w:nsid w:val="77AD04DD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A1DC11D2"/>
+    <w:tmpl w:val="73B2F020"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2355,53 +12833,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="74AB198C"/>
+    <w:nsid w:val="788E2AE1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6A2A2A3C"/>
+    <w:tmpl w:val="45D08A7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2504,93 +12982,94 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E61F12"/>
+    <w:rsidRoot w:val="00AD5ECC"/>
+    <w:rsid w:val="00336770"/>
+    <w:rsid w:val="00661E49"/>
+    <w:rsid w:val="00AD5ECC"/>
     <w:rsid w:val="00D53AA5"/>
-    <w:rsid w:val="00E61F12"/>
-    <w:rsid w:val="00F92B79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2740,196 +13219,196 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -3065,641 +13544,641 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F92B79"/>
+    <w:rsid w:val="00336770"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1654990606">
+    <w:div w:id="265617581">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2049721775">
+        <w:div w:id="230503733">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="494810196">
+            <w:div w:id="106122603">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="210459695">
+                <w:div w:id="1522817444">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="677275869">
+                    <w:div w:id="208231252">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1810128257">
+            <w:div w:id="288441628">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1587153560">
+            <w:div w:id="2110461397">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1888910334">
+                <w:div w:id="1879463255">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1321037318">
+                    <w:div w:id="1852645085">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1941645646">
+                    <w:div w:id="1187209706">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1602757354">
+                        <w:div w:id="1531918965">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="563444333">
+                    <w:div w:id="2905266">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="235364236">
+                        <w:div w:id="1852407296">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="2114590124">
+                    <w:div w:id="1891918324">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1605766832">
+                        <w:div w:id="2014725224">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1973562440">
+                            <w:div w:id="234243176">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="740178424">
+                                <w:div w:id="188758471">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="1367371697">
+                                    <w:div w:id="1169908014">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
-                                    <w:div w:id="456031305">
+                                    <w:div w:id="683092611">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="243997595">
+                                        <w:div w:id="1434784161">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
-                                        <w:div w:id="254437257">
+                                        <w:div w:id="1826625031">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="3481895">
+        <w:div w:id="974137647">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2066442176">
+            <w:div w:id="233660939">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="927038816">
+                <w:div w:id="347947577">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1722436805">
+                    <w:div w:id="1510483504">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="2083524037">
+            <w:div w:id="5525701">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1100755900">
+                <w:div w:id="1124807691">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1271400962">
+                    <w:div w:id="1228568890">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1449621397">
+                    <w:div w:id="1650817268">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="133566480">
+                <w:div w:id="117647342">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1036927644">
+                <w:div w:id="375933810">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1306202960">
+            <w:div w:id="871767941">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/P1100001371" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/P1100001371" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3948,54 +14427,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>818</Words>
-  <Characters>4667</Characters>
+  <Words>812</Words>
+  <Characters>4629</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5475</CharactersWithSpaces>
+  <CharactersWithSpaces>5431</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>