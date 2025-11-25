--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,2614 +1,1272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00427282" w:rsidRDefault="00CC57BD" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение «Управление </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80329" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области» объявляет конкурс по определению частного партнера по проекту государственно – частного партнерства «</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk529221672"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передача в доверительное управление пищеблоков </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной перинатальный центр №1»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, КГП на ПХВ «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Городская больница</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00427282" w:rsidRPr="00427282">
-[...375 lines deleted...]
-        <w:t xml:space="preserve"> бойынша жекешелік әріптестікті анықтау бойынша конкурсты жариялайды.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г.Аксу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Теренкольская</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> центральная районная больница»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для модернизации и эксплуатации</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80329" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="00CC57BD" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00EE0C50" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>Жобаны іске асыру мерзімі: МЖӘ жобасын іске асыру мерзімі - 5 (бес) жыл, оның ішінде:</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Условия реализации проекта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Период реализации Проекта ГЧП – 5 (пять) лет, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="00C473AC" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00EE0C50" w:rsidRPr="006C2F48" w:rsidRDefault="00EE0C50" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> - 12 ай;</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- ремонт и модернизация – 12 месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="00C473AC" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
+    <w:p w:rsidR="008758FB" w:rsidRPr="006C2F48" w:rsidRDefault="00EE0C50" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...113 lines deleted...]
-      <w:r w:rsidRPr="00C473AC">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- доверительное управление пищеблоками – 5 (пять) лет</w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B07D29" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">МЖӘ </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость проекта ГЧП: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62 737 </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс. тенге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Место р</w:t>
+      </w:r>
+      <w:r w:rsidR="00314338" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еализации Проекта ГЧП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="00110221" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, г. Павлодар, ул. Щедрина, 63,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="00110221" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Павлодар ул. Ткачева, 10/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="00110221" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, г. Павлодар, ул. Мира, 41,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="002B444F" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГП на ПХВ «Павлодарский областной перинатальный центр </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№1», г. Павлодар, ул. Генерала </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>жобасының</w:t>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дюсенова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C473AC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="002B444F" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Городская больница</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>құны</w:t>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Аксу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">: 62 737 </w:t>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аксу, ул. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>мың</w:t>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C473AC">
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 53</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B444F" w:rsidRPr="006C2F48" w:rsidRDefault="00110221" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Теренкольская</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> центральная районная больница»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>теңге</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Качирский</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район, с. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Теренколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тауельсиздик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 88</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="00C473AC" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">МЖӘ </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Способ определения частного партнера: согласно ст. 31,35 Закона РК «О ГЧП» планируется посредством конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00255A44" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Технические параметры проекта: представлены в конкурсной документации проекта ГЧП «</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передача в доверительное управление пищеблоков </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной перинатальный центр №1»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, КГП на ПХВ «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Городская больница</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C473AC">
-[...6 lines deleted...]
-        <w:t>жобасының</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Аксу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C473AC">
-[...46 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>КГП на ПХВ «</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Теренкольская</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> центральная районная больница»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002B444F" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для модернизации и эксплуатации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73F77" w:rsidRPr="006C2F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="00C473AC" w:rsidRDefault="00C473AC" w:rsidP="00CC57BD">
-[...1351 lines deleted...]
-    <w:p w:rsidR="00427282" w:rsidRPr="00427282" w:rsidRDefault="00427282" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...18 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Заявки на участие в конкурсе (установленного образца) представляются потенциальными частными партнерами либо их уполномоченными представителями Организатору конкурса нарочно или с использованием заказной почтовой связи по адресу: Республика Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73F77" w:rsidRPr="006C2F48">
+        <w:t>Павлодарская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> область, </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">город Павлодар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t>ул.Исы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00427282">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t>Байзакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> д.151</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63210" w:rsidRPr="006C2F48">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRDefault="00427282" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> көшесі, 151- үй.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Окончательный срок представления конкурсных заявок: 16 часов 00 минут </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5421" w:rsidRPr="006C2F48">
+        <w:t>14 февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="006C2F48">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRPr="00427282" w:rsidRDefault="00427282" w:rsidP="00CC57BD">
+    <w:p w:rsidR="008758FB" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...43 lines deleted...]
-        <w:t>дышев</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Копию конкурсной документации можно получить с 9-00 до 13-00 часов и с 14-00 до 18-00 часов в рабочие дни по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Республика Казахстан, Павлодарская область, </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">город Павлодар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t>ул.Исы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t>Байзакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008758FB" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> д.151</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRDefault="00427282" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00007F1A" w:rsidRPr="006C2F48" w:rsidRDefault="00007F1A" w:rsidP="006C2F48">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Контактное лицо: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">. главного специалиста отдела стратегического развития и инновационных технологий организаций здравоохранения - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t>Кудышев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t>Асхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t>Баянбекович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRDefault="00427282" w:rsidP="00CC57BD">
-[...42 lines deleted...]
-    <w:p w:rsidR="00CC57BD" w:rsidRPr="00D45517" w:rsidRDefault="00CC57BD" w:rsidP="00CC57BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="006C2F48" w:rsidRDefault="00007F1A" w:rsidP="006C2F48">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t>Телефоны: 8 (7182) 675186</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CC57BD" w:rsidRPr="00D45517" w:rsidSect="00CC57BD">
+    <w:p w:rsidR="00D37DCB" w:rsidRPr="006C2F48" w:rsidRDefault="00B44A87" w:rsidP="006C2F48">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">Потенциальным частным партнерам, изъявившим желание участвовать </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07D29" w:rsidRPr="006C2F48">
+        <w:t>в конкурсе,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> необходимо представить документы, подтверждающие соответствие предъявляемым квалификационным требованиям, на основе которых будет проводиться квалификационный отбор вместе с конкурсной заявкой в срок до: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve">16 часов 00 минут </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07D29" w:rsidRPr="006C2F48">
+        <w:t>4 февраля</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="006C2F48">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="006C2F48">
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D37DCB" w:rsidRPr="006C2F48" w:rsidSect="00110221">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="23970164"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="42C94A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE96806A"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2650,187 +1308,94 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...84 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B44A87"/>
     <w:rsid w:val="00007F1A"/>
+    <w:rsid w:val="00110221"/>
     <w:rsid w:val="001C1F4C"/>
     <w:rsid w:val="002259D2"/>
     <w:rsid w:val="00255A44"/>
     <w:rsid w:val="002B444F"/>
     <w:rsid w:val="00314338"/>
-    <w:rsid w:val="00427282"/>
     <w:rsid w:val="00535557"/>
     <w:rsid w:val="005827FD"/>
     <w:rsid w:val="005F60E3"/>
-    <w:rsid w:val="006C64C4"/>
+    <w:rsid w:val="006C2F48"/>
     <w:rsid w:val="006F5BE2"/>
     <w:rsid w:val="007F4DC3"/>
     <w:rsid w:val="00866ED2"/>
     <w:rsid w:val="008758FB"/>
     <w:rsid w:val="008B6D6F"/>
     <w:rsid w:val="009B5421"/>
     <w:rsid w:val="00B07D29"/>
     <w:rsid w:val="00B44A87"/>
     <w:rsid w:val="00B63210"/>
     <w:rsid w:val="00B73F77"/>
-    <w:rsid w:val="00C473AC"/>
     <w:rsid w:val="00C80329"/>
-    <w:rsid w:val="00CC57BD"/>
     <w:rsid w:val="00D37DCB"/>
-    <w:rsid w:val="00D45517"/>
     <w:rsid w:val="00D83771"/>
-    <w:rsid w:val="00E42CFE"/>
     <w:rsid w:val="00EE0C50"/>
     <w:rsid w:val="00FC6D4D"/>
     <w:rsid w:val="00FD43F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2976,51 +1541,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E42CFE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3364,51 +1928,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1763408488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/64/?lang=ru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kardiocenter-pvl.kz/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kardiocenter-pvl.kz/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/112/?lang=ru" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kardiocenter-pvl.kz/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/27/?lang=ru" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/27/?lang=ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/35/?lang=ru" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/8/?lang=ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/27/?lang=ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/35/?lang=ru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/112/?lang=ru" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/112/?lang=ru" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/64/?lang=ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/8/?lang=ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/8/?lang=ru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://depzdrav.gov.kz/35/?lang=ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3667,69 +2231,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>460</Words>
-  <Characters>2622</Characters>
+  <Words>592</Words>
+  <Characters>3376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3076</CharactersWithSpaces>
+  <CharactersWithSpaces>3961</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Юзер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>