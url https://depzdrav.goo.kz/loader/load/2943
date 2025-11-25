--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,6117 +1,1782 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00427282" w:rsidRPr="004552BD" w:rsidRDefault="00CC57BD" w:rsidP="004552BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение «Управление </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80329" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области» объявляет конкурс по определению частного партнера по проекту государственно – частного партнерства «</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk529221672"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передача в доверительное управление пищеблоков </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Городская больница</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысының</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ксу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Больница района </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>денсаулық</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тере</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ңкөл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
-[...403 lines deleted...]
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...383 lines deleted...]
-      <w:r w:rsidR="00D45517" w:rsidRPr="004552BD">
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для модернизации и эксплуатации</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80329" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="00EE0C50" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...213 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Условия реализации проекта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Период реализации Проекта ГЧП – 5 (пять) лет, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="00EE0C50" w:rsidRPr="00DA5496" w:rsidRDefault="00EE0C50" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> - 12 ай;</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- ремонт и модернизация – 12 месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="008758FB" w:rsidRPr="00DA5496" w:rsidRDefault="00EE0C50" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...107 lines deleted...]
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- доверительное управление пищеблоками – 5 (пять) лет</w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="006C57E2" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость проекта ГЧП: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62 737 </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс. тенге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="00B07D29" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...59 lines deleted...]
-        <w:t>:</w:t>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Место р</w:t>
+      </w:r>
+      <w:r w:rsidR="00314338" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еализации Проекта ГЧП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="002B444F" w:rsidRPr="00DA5496" w:rsidRDefault="002B444F" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Павлодар </w:t>
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления здравоохранения Павлодарской области </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...229 lines deleted...]
-        <w:t>, 63;</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00401115" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Павлодар,                 ул. Щедрина, 63;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="002B444F" w:rsidRPr="00DA5496" w:rsidRDefault="002B444F" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Павлодар </w:t>
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления здравоохранения Павлодарской области </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00401115" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...151 lines deleted...]
-      <w:r w:rsidR="00CC57BD" w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ул. Ткачева, 10/3</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00C473AC" w:rsidP="004552BD">
+    <w:p w:rsidR="002B444F" w:rsidRPr="00DA5496" w:rsidRDefault="002B444F" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Павлодар </w:t>
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления здравоохранения Павлодарской области </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
-[...175 lines deleted...]
-        <w:t>, 41;</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00401115" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Павлодар,                ул. Мира, 41;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00B02949" w:rsidP="004552BD">
+    <w:p w:rsidR="002B444F" w:rsidRPr="00DA5496" w:rsidRDefault="002B444F" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Павлодар </w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Городская больница</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ксу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления здравоохранения Павлодарской области </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>әкімдігі</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Павлодар </w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00401115" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Аксу, ул. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...187 lines deleted...]
-      <w:r w:rsidR="00C473AC" w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 53</w:t>
       </w:r>
-      <w:r w:rsidR="00CC57BD" w:rsidRPr="004552BD">
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C473AC" w:rsidRPr="004552BD" w:rsidRDefault="00B02949" w:rsidP="004552BD">
+    <w:p w:rsidR="002B444F" w:rsidRPr="00DA5496" w:rsidRDefault="002B444F" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004552BD">
-[...287 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Больница района </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="006C64C4" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тереңк</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="006C64C4" w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>өшесі</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006C64C4" w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления здравоохранения Павлодарской области </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00401115" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Качирский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район, с. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Теренколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C473AC" w:rsidRPr="004552BD">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CC57BD" w:rsidRPr="004552BD">
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тауельсиздик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 88</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C64C4" w:rsidRPr="004552BD" w:rsidRDefault="006C64C4" w:rsidP="004552BD">
+    <w:p w:rsidR="00E34A48" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Способ определения частного партнера: согласно ст. 31,35 Закона РК «О ГЧП» планируется посредством конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00255A44" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...214 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006C64C4" w:rsidRPr="004552BD" w:rsidRDefault="006C64C4" w:rsidP="004552BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Технические параметры проекта представлены в конкурсной документации проекта ГЧП «</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передача в доверительное управление пищеблоков </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарская областная больница им. Г. Султанова»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной кардиологический центр»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «Павлодарский областной онкологический диспансер»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Городская больница</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>Жобаның</w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ксу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГП на ПХВ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Больница района </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>техникалық</w:t>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тереңкөл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...571 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="002B444F" w:rsidRPr="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B444F" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для модернизации и эксплуатации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73F77" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRPr="004552BD" w:rsidRDefault="006C64C4" w:rsidP="004552BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявки на участие в конкурсе (установленного образца) представляются потенциальными частными партнерами либо их уполномоченными представителями Организатору конкурса нарочно или с использованием заказной почтовой связи по адресу: Республика Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73F77" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодарская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> область, </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город Павлодар, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>Конкурсқа</w:t>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Исы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>қатысуға</w:t>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байзакова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...375 lines deleted...]
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 151</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="00C731EA">
-[...178 lines deleted...]
-      <w:r w:rsidR="00427282" w:rsidRPr="004552BD">
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, кабинет 409</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63210" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004552BD">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRPr="004552BD" w:rsidRDefault="00427282" w:rsidP="004552BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> 00 минут.</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окончательный срок представления конкурсных заявок: 16 часов 00 минут </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8 мая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B02949" w:rsidRPr="004552BD" w:rsidRDefault="00427282" w:rsidP="004552BD">
+    <w:p w:rsidR="008758FB" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копию конкурсной документации можно получить с 9-00 до 13-00 часов и с 14-</w:t>
+      </w:r>
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 18-</w:t>
+      </w:r>
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов в рабочие дни по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республика Казахстан, Павлодарская область, </w:t>
+      </w:r>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город Павлодар, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>Конкурстық</w:t>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Исы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>құжаттаманың</w:t>
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байзакова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...463 lines deleted...]
-      <w:r w:rsidR="00B02949" w:rsidRPr="004552BD">
+      <w:r w:rsidR="008758FB" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д.151</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00706755" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, кабинет 409</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRPr="004552BD" w:rsidRDefault="00427282" w:rsidP="004552BD">
+    <w:p w:rsidR="00B44A87" w:rsidRPr="00DA5496" w:rsidRDefault="00007F1A" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактное лицо: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>Байланыс</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. главного специалиста </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела стратегического развития </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций здравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и инновационных технологий - </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>тұлғасы</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кудышев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>Денсаулық</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Асхат</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004552BD">
-[...5 lines deleted...]
-        <w:t>сақтау</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баянбекович</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004552BD">
-[...238 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, т</w:t>
       </w:r>
-      <w:r w:rsidRPr="004552BD">
+      <w:r w:rsidRPr="00DA5496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ел</w:t>
       </w:r>
-      <w:r w:rsidR="00C731EA">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="0029650E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004552BD">
-[...32 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 (7182) 675</w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>298</w:t>
+      </w:r>
+      <w:r w:rsidR="00706755" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00427282" w:rsidRPr="004552BD" w:rsidRDefault="00427282" w:rsidP="004552BD">
+    <w:p w:rsidR="00D37DCB" w:rsidRPr="00DA5496" w:rsidRDefault="00B44A87" w:rsidP="00DA5496">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...517 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Потенциальным частным партнерам, изъявившим желание участвовать </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07D29" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в конкурсе,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо представить документы, подтверждающие соответствие предъявляемым квалификационным требованиям, на основе которых будет проводиться квалификационный отбор вместе с конкурсной заявкой в срок до: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 часов 00 минут </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B1E" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29 апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0C50" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83771" w:rsidRPr="00DA5496">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC57BD" w:rsidRPr="004552BD" w:rsidRDefault="00CC57BD" w:rsidP="004552BD">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00CC57BD" w:rsidRPr="004552BD" w:rsidSect="00CC57BD">
+    <w:sectPr w:rsidR="00D37DCB" w:rsidRPr="00DA5496" w:rsidSect="00110221">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="23970164"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="42C94A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE96806A"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6153,190 +1818,101 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...84 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B44A87"/>
     <w:rsid w:val="00007F1A"/>
+    <w:rsid w:val="00110221"/>
     <w:rsid w:val="001C1F4C"/>
     <w:rsid w:val="002259D2"/>
     <w:rsid w:val="00255A44"/>
+    <w:rsid w:val="0029650E"/>
     <w:rsid w:val="002B444F"/>
     <w:rsid w:val="00314338"/>
-    <w:rsid w:val="00427282"/>
-    <w:rsid w:val="004552BD"/>
+    <w:rsid w:val="00401115"/>
     <w:rsid w:val="00535557"/>
     <w:rsid w:val="005827FD"/>
     <w:rsid w:val="005F60E3"/>
-    <w:rsid w:val="006C64C4"/>
+    <w:rsid w:val="00613B1E"/>
+    <w:rsid w:val="006C2F48"/>
+    <w:rsid w:val="006C57E2"/>
     <w:rsid w:val="006F5BE2"/>
+    <w:rsid w:val="00706755"/>
     <w:rsid w:val="007F4DC3"/>
     <w:rsid w:val="00866ED2"/>
     <w:rsid w:val="008758FB"/>
     <w:rsid w:val="008B6D6F"/>
     <w:rsid w:val="009B5421"/>
-    <w:rsid w:val="00B02949"/>
     <w:rsid w:val="00B07D29"/>
     <w:rsid w:val="00B44A87"/>
     <w:rsid w:val="00B63210"/>
     <w:rsid w:val="00B73F77"/>
-    <w:rsid w:val="00C473AC"/>
-    <w:rsid w:val="00C731EA"/>
     <w:rsid w:val="00C80329"/>
-    <w:rsid w:val="00CC57BD"/>
     <w:rsid w:val="00D37DCB"/>
-    <w:rsid w:val="00D45517"/>
     <w:rsid w:val="00D83771"/>
-    <w:rsid w:val="00E42CFE"/>
+    <w:rsid w:val="00DA5496"/>
+    <w:rsid w:val="00E34A48"/>
     <w:rsid w:val="00EE0C50"/>
     <w:rsid w:val="00FC6D4D"/>
     <w:rsid w:val="00FD43F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6482,51 +2058,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E42CFE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -6574,50 +2149,61 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EE0C50"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA5496"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6828,50 +2414,61 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EE0C50"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA5496"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1763408488">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
@@ -7159,69 +2756,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>477</Words>
-  <Characters>2723</Characters>
+  <Words>494</Words>
+  <Characters>2822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3194</CharactersWithSpaces>
+  <CharactersWithSpaces>3310</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Юзер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>