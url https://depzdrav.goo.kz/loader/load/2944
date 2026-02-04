--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,1276 +1,5185 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B44A87" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="005A579B" w:rsidRPr="00633209" w:rsidRDefault="00F0583B" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...47 lines deleted...]
-      <w:r w:rsidR="00C80329" w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диспансері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМҚК, ШЖҚ «№1 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМК, ШЖҚ ««№3 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМК </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғырту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқаруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік-жекешілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әріптестігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекешелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іптестікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE0C50" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...13 lines deleted...]
-        <w:t>Период реализации Проекта ГЧП – 5 (пять) лет, в том числе:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жобаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шарты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: МЖӘ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 5 (бес) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE0C50" w:rsidRPr="00231A2D" w:rsidRDefault="00EE0C50" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...5 lines deleted...]
-        <w:t>- ремонт и модернизация – 12 месяцев;</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөндеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғырту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 12 ай;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008758FB" w:rsidRPr="00231A2D" w:rsidRDefault="00EE0C50" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...7 lines deleted...]
-      <w:r w:rsidR="008758FB" w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 5 (бес) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A712F" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МЖӘ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 111 902 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A712F" w:rsidRPr="00231A2D">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> ГЧП: </w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МЖӘ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="00B07D29" w:rsidP="00231A2D">
+    <w:p w:rsidR="00281868" w:rsidRPr="00633209" w:rsidRDefault="00281868" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...57 lines deleted...]
-        <w:t>, 42,</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әкімдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>псих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диспансері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» КМҚК:</w:t>
+      </w:r>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="005A712F" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00281868" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00B07D29" w:rsidRPr="00231A2D">
-[...5 lines deleted...]
-        <w:t>г. Павлодар, ул. Ростовская, 50,</w:t>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Усолка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 42</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A712F" w:rsidRPr="00231A2D" w:rsidRDefault="005A712F" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00281868" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00B07D29" w:rsidRPr="00231A2D">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 30-А,</w:t>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ростовская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="005A712F" w:rsidP="00231A2D">
+    <w:p w:rsidR="00281868" w:rsidRPr="00633209" w:rsidRDefault="00281868" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B07D29" w:rsidRPr="00231A2D">
-[...32 lines deleted...]
-        <w:t>, ул.Желтоксан,12</w:t>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Екібастұз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пшембаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 30-А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="00B07D29" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00281868" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> г. Павлодар, ул. Ломова, 49</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00795F1A" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Екібаст</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Желтоқсан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 12;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07D29" w:rsidRPr="00231A2D" w:rsidRDefault="00B07D29" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> г. Павлодар, ул. Батурина, 4/1</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әкімдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ШЖҚ «№1 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМК, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ломов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 49</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A712F" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әкімдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ШЖҚ ««№3 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМК, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Батурин </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F0583B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 4/1;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B44A87" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...23 lines deleted...]
-      <w:r w:rsidR="00B73F77" w:rsidRPr="00231A2D">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жекешілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әріптестікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәсілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: «МЖӘ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31,35-баптарына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспарлануда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B44A87" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="005A579B" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...75 lines deleted...]
-      <w:r w:rsidR="005A712F" w:rsidRPr="00231A2D">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жобаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>параметрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диспансері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ШЖҚ «№1 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМК, ШЖҚ ««№3 Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауруханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» КМК-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғырту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқаруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» МЖӘ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгіде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекешілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әріптестермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Иса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байзақов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 151</w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="00F67C1E">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4319" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">409 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C4319" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақсатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>поштаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A579B" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B44A87" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="005A579B" w:rsidRPr="00633209" w:rsidRDefault="005A579B" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> года.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамырда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00 минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008758FB" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="00281868" w:rsidRPr="00633209" w:rsidRDefault="005A579B" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...7 lines deleted...]
-      <w:r w:rsidR="00F67C1E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттаманың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшірмесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-00-ден 13-00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-ден 18-</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4319">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00231A2D">
-[...89 lines deleted...]
-        <w:t>/2, кабинет 409.</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Иса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байзақов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>151/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 409 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B44A87" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="005A579B" w:rsidRPr="00633209" w:rsidRDefault="005A579B" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...94 lines deleted...]
-      <w:r w:rsidR="00666605" w:rsidRPr="00231A2D">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стратегиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>технологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маманының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Асхат</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00666605" w:rsidRPr="00231A2D">
-[...17 lines deleted...]
-      <w:r w:rsidR="00F67C1E">
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Баянбекұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Құдышев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C4319">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, т</w:t>
       </w:r>
-      <w:r w:rsidRPr="00231A2D">
+      <w:r w:rsidRPr="00633209">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ел</w:t>
       </w:r>
-      <w:r w:rsidR="00F67C1E">
+      <w:r w:rsidR="003C4319">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00231A2D">
-[...29 lines deleted...]
-        <w:t>298.</w:t>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 (7182) 675</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B253D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D83771" w:rsidRPr="00231A2D" w:rsidRDefault="00B44A87" w:rsidP="00231A2D">
+    <w:p w:rsidR="005A579B" w:rsidRPr="00633209" w:rsidRDefault="005A579B" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00231A2D">
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> года.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ниет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білдірген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекешілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іптестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкестігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтініммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іріктеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәуір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C4319">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:r w:rsidR="00281868" w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00633209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37DCB" w:rsidRPr="00231A2D" w:rsidRDefault="00D37DCB" w:rsidP="00231A2D">
+    <w:p w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidRDefault="00795F1A" w:rsidP="00633209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D37DCB" w:rsidRPr="00231A2D" w:rsidSect="005A712F">
+    <w:sectPr w:rsidR="00795F1A" w:rsidRPr="00633209" w:rsidSect="00F0583B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="229B4090"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB0856BE"/>
+    <w:lvl w:ilvl="0" w:tplc="562AF8C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="42C94A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE96806A"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1312,94 +5221,279 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="4F8A3686"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7CB0EDD8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="720B521A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE96806A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B44A87"/>
     <w:rsid w:val="001C1F4C"/>
     <w:rsid w:val="002259D2"/>
-    <w:rsid w:val="00231A2D"/>
+    <w:rsid w:val="002276BB"/>
     <w:rsid w:val="00255A44"/>
-    <w:rsid w:val="00386345"/>
+    <w:rsid w:val="00281868"/>
+    <w:rsid w:val="003C4319"/>
     <w:rsid w:val="00535557"/>
     <w:rsid w:val="005827FD"/>
-    <w:rsid w:val="005A712F"/>
+    <w:rsid w:val="005A579B"/>
+    <w:rsid w:val="00633209"/>
     <w:rsid w:val="00666605"/>
     <w:rsid w:val="006F5BE2"/>
+    <w:rsid w:val="00795F1A"/>
     <w:rsid w:val="007F4DC3"/>
     <w:rsid w:val="00866ED2"/>
     <w:rsid w:val="008758FB"/>
     <w:rsid w:val="008B6D6F"/>
     <w:rsid w:val="00957671"/>
     <w:rsid w:val="00B07D29"/>
+    <w:rsid w:val="00B253D5"/>
     <w:rsid w:val="00B44A87"/>
     <w:rsid w:val="00B63210"/>
     <w:rsid w:val="00B73F77"/>
     <w:rsid w:val="00C80329"/>
     <w:rsid w:val="00D37DCB"/>
     <w:rsid w:val="00D83771"/>
     <w:rsid w:val="00EE0C50"/>
-    <w:rsid w:val="00F67C1E"/>
+    <w:rsid w:val="00F0583B"/>
     <w:rsid w:val="00FD43F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1543,50 +5637,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002276BB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -2219,69 +6314,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>420</Words>
-  <Characters>2400</Characters>
+  <Words>415</Words>
+  <Characters>2368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2815</CharactersWithSpaces>
+  <CharactersWithSpaces>2778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Юзер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>