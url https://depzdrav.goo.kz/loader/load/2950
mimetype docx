--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,5234 +1,4180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000F313C" w:rsidRPr="000F313C" w:rsidRDefault="000F313C" w:rsidP="000F313C">
+    <w:p w:rsidR="00E343F5" w:rsidRPr="00E343F5" w:rsidRDefault="00E343F5" w:rsidP="00E343F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F313C">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E343F5">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жоба</w:t>
+        <w:t>Проект</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="000F313C" w:rsidRDefault="002926CA" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00705452" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>Концепция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00C60BEA" w:rsidRDefault="00E2239F" w:rsidP="00D23642">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006767EC" w:rsidRPr="000F313C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>проекта Закона Республики Казахстан «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D867B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003306EE" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">О </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">гарантировании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D867B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0094615D" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">профессиональной ответственности медицинских работников </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>в Республике Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Заңы жобасының тұжырымдамасы</w:t>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="000F313C" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00D867B9" w:rsidRDefault="00E2239F" w:rsidP="00D23642">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00705452" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002926CA" w:rsidRPr="006B54FC">
+        <w:t>1. Название законопроекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="002740C9" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002740C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О гарантировании профессиональной ответственности медицинских работников в Республике Казахстан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D80CB3" w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>жобасының атауы</w:t>
+        </w:rPr>
+        <w:t>2. Обоснование необходимости разработки законопроекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="002926CA" w:rsidP="006B54FC">
+    <w:p w:rsidR="00B038A5" w:rsidRDefault="00787656" w:rsidP="00B038A5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...57 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государства</w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стать</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Социальная модернизация Казахстана: Двадцать шагов к Обществу Всеобщего </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Труда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="001F7BD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оручено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проработ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопрос внедрения </w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="00B74855">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Республике Казахстан обязательно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="00B74855">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страховани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00B038A5" w:rsidRPr="00B74855">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональной ответственности медицинских работников за причинение ущерба здоровью гражданина, не связанного с виновными действиями медицинского работника.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00961EA7" w:rsidRDefault="00B038A5" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">жобасын әзірлеудің қажеттілігіне негіздеме </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно п</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одпункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) пункта 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>182</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 18 сентября 2009 года «О здоровье народа и системе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едицинские</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и фармацевтические </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работники имеют право на страхование </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональной ответственности за причинение ущерба здоровью гражданина при отсутствии небрежного или халатного отношения со стороны медицинского работника</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F7B16" w:rsidRPr="006B54FC" w:rsidRDefault="003F7B16" w:rsidP="006B54FC">
-[...377 lines deleted...]
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00D875AC" w:rsidP="006B54FC">
+    <w:p w:rsidR="007E0E1F" w:rsidRDefault="003D1A58" w:rsidP="007E204C">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...169 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профессиональная</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственности медицинских работников </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перед пациентами </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приобретает особую актуальность вследствие роста числа жалоб на качество оказываемых медицинских услуг, если в 2011 году в Министерство здравоохранения Казахстана от пациентов поступило более 2,5 тысяч жалоб, 29% из которых признаны обоснованным, то только за первое полугодие 2012 года поступило 5,2 тыс. жалоб от пациентов, 50% из них признаны обоснованными.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="005D50E7" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00B038A5" w:rsidP="007E204C">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> байланысты құқықтық мәдениетінің дамығандығын көрсетеді.  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данные </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессы все чаще завершаются в пользу пациентов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.е.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выплатой медицинским</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работником значит</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ельных материальных компенсаций, что свидетельствует</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о развитии правовой культуры наших граждан, вызванных желанием отстаивать свои права. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="005D50E7" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...72 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По данным Генеральной прокуратуры количество судебных исков на качество предоставляемых медицинских услуг по гражданским делам составляло:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="007E204C">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="005D50E7" w:rsidRPr="006B54FC">
-[...86 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 2011 году</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33 иска на сумму 374 143 195 тенге, из них на возмещение материального ущерба 73 213 230 тенге и на возмещение морального ущерба 300 929 965 тенге, судебными органами удовлетворено 17 исков на сумму 12 052 244 тенге из них материальный ущерб 4 072 244 тенге и моральный ущерб 7 980 000 тенге;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="007E204C">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00355259" w:rsidRPr="006B54FC">
-[...27 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 2012 году</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 78 иска на сумму 825 070 594 тенге, из них на возмещение материального ущерба 343 569 168 тенге и на возмещение морального ущерба 481 501 426 тенге, судебными органами удовлетворено 44 исков на сумму </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">сомасындағы 44 арыз, олардың ішінде 6 025 460 теңге материалдық </w:t>
-[...40 lines deleted...]
-      </w:r>
+        <w:t>32 715 460 тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из них материальный ущерб 6 025 460 тенге и моральный ущерб 26 690 000 тенге;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="007E204C">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="003F7B16" w:rsidRPr="006B54FC">
-[...70 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 полугоди</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013 года</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42 иска на сумму 771 238 019 тенге, из них на возмещение материального ущерба 22 033 258 тенге и на возмещение морального ущерба 749 204 761 тенге, судебными органами удовлетворено17 исков на сумму 14 085 975 тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB22C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из них материальный ущерб 5 155 975 тенге и </w:t>
+      </w:r>
+      <w:r w:rsidR="0031111D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>моральный ущерб 8 930 000 тенге.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="004E6D33" w:rsidRPr="006B54FC" w:rsidRDefault="004E6D33" w:rsidP="006B54FC">
+    <w:p w:rsidR="00B57050" w:rsidRPr="00ED0662" w:rsidRDefault="0031111D" w:rsidP="007E204C">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-        <w:t>433 қылмыстық құқық бұзушылық, 2014 жылы 420 қылмыстық құқық бұзушылық және 2015 жылы 595 қылмыстық құқық бұзушылық тіркелді.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вместе с тем, по сведениям, представленными Комитетом по правовой статистике и специальным учетам Генеральной Прокуратуры РК, в 2013 году зарегистрировано </w:t>
+      </w:r>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>433 уголовных правонарушений по статьям Уголовного Кодекса РК, связанных с медицинскими преступлениями (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст.ст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. 317-323 УК РК</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), в 2014 году зарегистрировано 420 правонарушений и в 2015 году 595.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E6D33" w:rsidRPr="006B54FC" w:rsidRDefault="00E56D1B" w:rsidP="006B54FC">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="0031111D" w:rsidRPr="006E672A" w:rsidRDefault="00DF3795" w:rsidP="007E204C">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы  Кодексінің 81 бабына сәйкес 2013 жылы 300 әкімшілік құқық бұзушылық жағдайлары, 2014 жылы 286 әкімшілік құқық бұзушылық жағдайлары  және 2015 жылы 293 әкімшілік құқық бұзушылық жағдайлары тіркелді.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а учет административных правонарушений, в соответствии со статьей 81 Кодекса Республики Казахстан об административных правонарушениях</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7FDC" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7FDC" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Несоблюдение порядка, стандартов и некачественное оказание медицинской помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7FDC" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57050" w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 2013 году поставлено 300 случаев, в 2014 году - 286 случаев и в 2015году – 293 случая.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00F85FB3" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="007C124F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 6) пункта 1 статьи 88 Кодекса Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2A46" w:rsidRPr="00961EA7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 18 сентября 2009 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«О здоровье народа и системе здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>граждане имеют право на возмещение вреда, причиненного здоровью неправильным назначением и применением медицинскими работниками лекарственных средств, изделий медицинского назначения и медицинской техники</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="001421FC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="008B0A35" w:rsidRDefault="008B0A35" w:rsidP="00E3584C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="SUB1820200"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008B0A35">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для реализации гарантированных государством прав для пациентов возмещения вреда и финансовой защитой субъектов здравоохранения и медицинских работников, необходимо внедрения системы обязательного гарантированияпрофессиональнойответственностимедицинскихработников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001421FC" w:rsidRPr="006B54FC" w:rsidRDefault="001421FC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="007C124F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...104 lines deleted...]
-        <w:t xml:space="preserve">ұйымның есебінен жабылатын болады. Бұл азаматтардың да, медицина қызметкерлерінің де мүдделеріне сай келетін болады.  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В результате риск причинения </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вреда жизни</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5AB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C" w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровью</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5AB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пациента при отсутствии виновных действий со стороны медицинского работника будет покрываться за счет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации, которая </w:t>
+      </w:r>
+      <w:r w:rsidR="00787656">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантировать ответственность медицинского работника</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствовать как интересам граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, так </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и медицинских работников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="003306EE" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="007C124F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...104 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данные меры </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут реализованы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормами </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нового</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> закона</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, который</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позвол</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ить</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реализовать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основополагающ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принцип</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доктрины здравоохранения Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в части ответственности за вред, причиненный здоровью пациента, наполняя этот принцип реальным содержанием.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="003306EE" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="007C124F" w:rsidRDefault="00CF4242" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">ведение </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>гарантированного</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D80CB3" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечения </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">лишь </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">на случай </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>медицинской</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> ошибки медицинского работника создает ситуацию, при которой пациенту не будет компенсироваться вред, причиненный действиями иных работников медицинской организации, а также вред, причиненный вследствие иных (кроме </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>медицинской</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D80CB3" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> ошибки) причин</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00994B59" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E2239F" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> Под </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D80CB3" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>медицинской</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="007C124F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...91 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> ошибкой понимается добросовестное заблуждение медицинского работника при отсутствии прямого или косвенного (халатности, небрежности) умысла, направленного на причинение вреда жизни и здоровью пациента.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00291C74" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="007E204C" w:rsidRDefault="00E2239F" w:rsidP="007E204C">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Осыған байланысты, медициналық қызметті жүзеге асыруда </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003306EE" w:rsidRPr="006B54FC">
+        <w:t>В этой связи, ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74855">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">елесообразным </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003306EE" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve">является вопрос об обязательном гарантировании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74855">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>ответственности субъектов здравоохранения за причинени</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003306EE" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74855">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> вреда жизни или здоровью пациента при осуществлении медицинской деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E2239F" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74855">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>Такой подход позволит обеспечить защиту имущественных интересов пациентов и медицинских работников</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4242">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003306EE" w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>, а также</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74855">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>субъектов здравоохранения (включая физических лиц, занимающихся частной медицинской практикой и фармацевтической деятельностью).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00291C74" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...96 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Введение системы обязательного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональной ответственности </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских работников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C124F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повысит качество медицинской помощи в Республики Казахстан и в целом повлияет на подъем ее международного рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00B32517" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>3. Цели принятия законопроекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00291C74" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00357A03" w:rsidP="00D71260">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00A97EE9">
+        <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>аконопроект</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрабатывается в целях</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00A97EE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="006B54FC" w:rsidRDefault="00E2239F" w:rsidP="006B54FC">
-[...883 lines deleted...]
-        <w:pStyle w:val="1"/>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00E3584C" w:rsidRDefault="00E2239F" w:rsidP="00ED0662">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
-[...28 lines deleted...]
-          <w:numId w:val="23"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-        <w:t>Қазақстан Республикасының Кодексіне;</w:t>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечени</w:t>
+      </w:r>
+      <w:r w:rsidR="00357A03" w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> защиты имущественных интересов медицинских работников в случае возникновения материальной ответственности медицинского работника за причинение вреда жизни или здоровью,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при отсутствии в их действиях вины</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
-      <w:pPr>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00E3584C" w:rsidRDefault="00E2239F" w:rsidP="00ED0662">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...42 lines deleted...]
-        <w:t>өзгерістер енгізуді талап етеді.</w:t>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечени</w:t>
+      </w:r>
+      <w:r w:rsidR="00357A03" w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> защиты имущественных интересов субъектов здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00E3584C" w:rsidRDefault="00E2239F" w:rsidP="00ED0662">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>защит</w:t>
+      </w:r>
+      <w:r w:rsidR="00357A03" w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прав граждан на возмещение вреда здоровью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00E3584C" w:rsidRDefault="00E2239F" w:rsidP="00ED0662">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улучшени</w:t>
+      </w:r>
+      <w:r w:rsidR="00357A03" w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качества оказания медицинских услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00E3584C" w:rsidRDefault="00E2239F" w:rsidP="00ED0662">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создани</w:t>
+      </w:r>
+      <w:r w:rsidR="00357A03" w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3584C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условий для появления и дальнейшего развития новой системы гарантирования профессиональной ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F872AE" w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>4. Предмет регулирования законопроекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00146DAC" w:rsidRDefault="00146DAC" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предметом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5C31">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регулир</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ования являются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5C31">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношения, возникающие в связи с осуществлением обязательного медицинского страхования, в том числе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5C31">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правово</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5C31">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> положени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5C31">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субъектов обязательного медицинского страхования и участников обязательного медицинского страхования, основания возникновения их прав и обязанностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>жобасы мәнінің өзге де кормативтік құқықтық актілермен регламенттелуі</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004148DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Структура законопроекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="002C30B0" w:rsidRDefault="00787656" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F872AE" w:rsidRPr="006B54FC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За</w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B0" w:rsidRPr="002C30B0">
         <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
-[...28 lines deleted...]
-        <w:t>регламенттелген.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конопроект состоит </w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0A35">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002C30B0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>статей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3163">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глав</w:t>
+      </w:r>
+      <w:r w:rsidR="00F307FC">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00F307FC" w:rsidRDefault="00F307FC" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1 – Общие положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307FC" w:rsidRPr="00F307FC" w:rsidRDefault="00F307FC" w:rsidP="00F307FC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F307FC">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правовой статус Фонда гарантирования ответственности медицинских работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307FC" w:rsidRDefault="00F307FC" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 3 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F307FC">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма и порядок осуществления гарантирования гражданско-правовой ответственности медицинских работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3163" w:rsidRDefault="005A3163" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 4 – Заключительные положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00705452" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+        <w:t>6. Предполагаемые правовые и социально-экономические последствия в случае принятия законопроекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00D3595E" w:rsidRDefault="002C30B0" w:rsidP="00146DAC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принятие данного законопроекта создаст благоприятные условия для обеспечения  конституционных прав граждан на полноценное медицинское обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="0035425E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>защит</w:t>
+      </w:r>
+      <w:r w:rsidR="0035425E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имущественных прав пациентов</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также создаст </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовые основания для формирования инструментов и механизмов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">обеспечивающих реализацию института </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантировани</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2239F" w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональной ответственности медицинских работников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00D3595E" w:rsidRDefault="00E2239F" w:rsidP="00BF7943">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3595E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принятие предлагаемого законопроекта не повлечет за собой возникновения каких-либо отрицательных правовых и социально-экономических последствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">9. Қарастырылып отырған мәселе бойынша шетелдік тәжірибенің болуы </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Необходимость одновременного (последующего) приведения других законодательных актов в соответствие с разрабатываемым законопроектом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00146DAC" w:rsidRDefault="00146DAC" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принятие законопроект потребует внесения изменений </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00146DAC" w:rsidRDefault="00063080" w:rsidP="00146DAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063080">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс Республики Казахстан об административных правонарушениях</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B621D0" w:rsidRPr="00063080" w:rsidRDefault="00063080" w:rsidP="00B621D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00063080">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00063080">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00063080">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> налогах и других обязательных платежах в бюджет</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC" w:rsidRPr="00063080">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00146DAC" w:rsidRPr="00B621D0" w:rsidRDefault="00E2239F" w:rsidP="00B621D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B621D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кодек</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC" w:rsidRPr="00B621D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0A35">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B0A35">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B621D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B621D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здоровье н</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0A35">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арода и системе здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="00146DAC" w:rsidRPr="00B621D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00705452" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> жолы бойынша.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламентированность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмета законопроекта иными нормативными правовыми актами</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="003A0CB9" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...103 lines deleted...]
-        <w:t>коммерциялық емес медициналық қауымдастық. ҚКМҚ-тың 1901 жылы негізі қаланды. Қауымдастық өзінің мүшесі болып табылатын Канададағы тәжірибелік дәрігерлердің 95%-ына оқыту, консультация заңдық қорғау және өтемақы төлеу   бойынша қызмет көрсетеді.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97EE9">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предмет законопроекта регламентирован Гражданским Кодексом Республики Казахстан, Кодексом Республики Казахстан «О здоровье на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рода </w:t>
+      </w:r>
+      <w:r w:rsidR="00B621D0">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и системе здравоохранения»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97EE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">ды. Сақтандырудың нарықтық моделі мемлекеттік органдарға қарағанда нарықтық тетіктерге үлкен жауапкершілік жүктейді. Герман Федеративтік Республикасының сақтандыру моделі нарықтың модельдің үлгісі бола алады. Германияның нарығында медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру бойынша қызмет көрсететін 10 шақты жеке меншік сақтандыру компаниялары қызмет жасайды. Жергілікті заңнама медициналық қызметтің өнім берушілеріне тиісінше сақтандыру полисін алуды міндеттейді. </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00705452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Наличие по рассматриваемому вопросу зарубежного опыта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00114CF7" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> шағымы негізді болған кезінде кінәлі медицина қызметкерінің өз әрекетінің белгілі бір жағымсыз салдарларын: айыппұлдық санкцияларды, сөгісті, оқу – біліктілікті арттыруды, лицензиясынан айыруды және т.б. бастан өткеруін қарастырады. «Кінәлілік» жүйесі өз спецификасына орай, медицина қызметкеріне қатысты санкциия қолдану үшін сот шешімінің болуын талап етеді. Аталмыш модель АҚШ-та, Ұлыбританияда, Жапонияда, Канадада және тағы да басқа бірқатар елдерде сәтті жүзеге асырылып келеді. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Изучение зарубежного опыта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00682252">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональной ответственности медицинских работников </w:t>
+      </w:r>
+      <w:r w:rsidR="00114CF7">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">показало, что во многих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитых странах запада гарантирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессиональной ответственности медицинских работников практиковалось еще в начале XX века. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в международный опыт гарантирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственности работников здравоохранения, выделяя такой критерий как источник финансирования, следует четко очертить две различные модели: рыночная модель и социальная модель</w:t>
+      </w:r>
+      <w:r w:rsidR="00114CF7">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пути  реализации по страховому пути и по пути гарантирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В странах, где большинство медицинских услуг финансируется за счет государства, как правило, медицинские работники в меньшей степени полагаются на частный рынок страхования профессиональной ответственности. Соответственно, в таких государствах функционирует социальная модель страхования профессиональной ответственности медицинских работников. Социальная модель предполагает большую ответственность со стороны государства в части финансирования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и управление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">системы страхования, которая осуществляется с помощью одного централизованного агента – фонда. Одним из ярких примеров социальной модели страхования является модель Швеции, которая была введена в 1975 году. В Швеции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ассоциация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по страхованию пациентов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги по страхованию ответственности медицинских работников. Другим примером служит модель, функционирующая в Канаде. Канадская медицинская ассоциация по защите медицинских работников (далее - КМАЗ) – это некоммерческая медицинская ассоциация по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гарантированию ответственности своих членов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КМАЗ была основана в 1901 году.  Ассоциация предоставляет услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>по обучению, консультации, юридической защите и выплате компенсации 95% практикующих врачей в Канаде, которые являются ее членом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> странах, где частная практика предоставления медицинских услуг превалирует над </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, частные рынки играют большую роль в осуществлении страхования профессиональной ответственности медицинских работников. Рыночная модель страхования привносит большую ответственность на рыночные механизмы, нежели на государственные органы. Примером рыночной модели служит модель страхования Федеративной Республики Германии. На рынке Германии функционируют около 10 частных страховых компании, которые предоставляют услуги по страхованию профессиональной ответственности медицинских работников. Местное законодательство обязывает поставщиков медицинских услуг приобретать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страховой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другим критерием </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разграничения моделей страхования ответственности работников здравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступает практика обвинения медицинского работника и применения в отно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шении него каких-либо взысканий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Согласно данному критерию выделяют: систему «вины» и систему «без вины». В большинстве стран ОЭСР медицинская халатность оценивается на основе разработанной и широко используемой в  законодательстве и в судебной практике интерпретации «вины». Система «вины» предполагает, что при обоснованности жалобы пациента виновный медицинский работник претерпевает определенные неблагоприятные последствия своего проступка: штрафные санкции, выговор, обучение - повышение квалификации, лишение лицензии и др. Система вины в силу своей специфики для применения санкции в отношении медицинского работника требует наличия судебного решения. Данная модель успешно осуществляется в США, Японии, Великобритании, в Канаде и в ряде других стран. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="000E1E4F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve">ге төленетін өтемақы коммерциялық және коммерциялық емес сақтандыру ұйымдары арқылы жеке меншік көздерден (Данияда, Финляндияда) немесе мемлекетпен (Швецияда, Жаңа Зеландияда) қаржыландырылады. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Альтернативой си</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стеме «вины» выступает – система</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «без вины». Это  система </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функционирует </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ряде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стран ОЭСР и основана на системе компенсации без вины. В этих странах, оценка ответственности медицинских работников  судом не является предварительным условием для предоставления компенсации пострадавшим пациентам. Отправной точкой  для осуществления компенсации, как правило, является наличие самой травмы или факт того, что эта травма могла бы быть предотвратима. Компенсация пострадавшим пациентам финансируется из частных источников через коммерческие и некоммерческие страховые организации (в Дании, Финляндии) или государством (Швеция и Новая Зеландия). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-        <w:t>ді сақтандыру жөніндегі қауымдастыққа келіп түседі, олар шағымдарды қараумен және олар заңды болған жағдайда өтемақы төлеумен айналысады және медицина қызметкері үшін жағымсыз салдарларды қарастырмайды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в Швеции в основном жалобы от пациентов поступают в Ассоциацию по страхованию пациентов, которые занимаются рассмотрением жалобы и выплатой компенсации в случае их правомерности и не предусматривают неблагоприятные последствия для медицинского работника</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00114CF7" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Ұзақ уақыттар бойына медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру жүйесін енгізуді және дамытуды жүзеге асырып отырған батыс елдерінің тәжірибесі Қазақстан Республикасында сақтандыру жүйесін енгізу және дамыту үшін өте құнды тәжірибе болып табылады. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пыт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">западных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стран, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющие внедрение и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>систем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страхования профессиональной ответственности медицинских работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на протяжени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> длительного периода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесценен для внедрения и развития системы страхования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Республик</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="006E672A" w:rsidRDefault="00E2239F" w:rsidP="006E672A">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вместе с этим, каждая страна сама определяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьгарантирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских работников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особенност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ейсистемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Сонымен бірге, әрбір ел өзінің денсаулық сақтау жүйесі мен экономикасының ерекшеліктерін ескере отырып, медицина қызметкерлерінің жауапкершілігін </w:t>
-[...17 lines deleted...]
-        <w:t>дің моделін өзі анықтайды, ол әрбір мемлекеттің айрықша дамуының салдары болып табылады.</w:t>
+        <w:t>здравоохранения страны и экономики в целом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являются следствием уникального развития </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каждого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E672A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00A97EE9" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A97EE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00A97EE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      </w:r>
+      <w:r w:rsidRPr="00A97EE9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="003112E0" w:rsidRPr="006B54FC">
+          <w:bCs/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предполагаемые финансовые затраты, связанные с реализацией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A97EE9">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> байланысты болатын шамаланған қаржылық шығындар</w:t>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>законопроекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00B66C73" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принятие законопроекта повлечет финансовые затраты из государственного бюджета Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данные расходы будут определены на основании актуарных расчетов. Актуарные расчеты проводятся на основании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006270B7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методики расчета страховой премии</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0662">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B54FC">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00B66C73">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечения адекватного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66C73">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получения гарантий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Базалық көрсеткіштің негізгі құрамдастары ретінде:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве основных составляющих базового показателя могут быть </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>бюджет медицинской организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>уровень сложности лечебно-диагностических манипуляций;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>среднегодовое количество пациентов субъекта здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>В качестве коэффициентов нагрузки к базовому показателю могут быть определены:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>среднегодовое количество медицинских работников в разрезе по категориям персонала /врачи, средний медицинский персонал/;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>стаж работы медицинских работников по специальности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>уровень профессиональной квалификации работников (категории);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>уровень материально-технического оснащения субъекта здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>виды предоставляемой медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>оплата стоимости услуг экспертной организации (экспертных комиссий);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="003306EE" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="00F1416C" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
-[...21 lines deleted...]
-      <w:r w:rsidR="006F71BC" w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">другие факторы, определяющие риск наступления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантированного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1416C">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случая.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71BC" w:rsidRPr="006B54FC" w:rsidRDefault="006F71BC" w:rsidP="006B54FC">
+    <w:p w:rsidR="00E2239F" w:rsidRPr="001359C5" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B54FC">
+      <w:r w:rsidRPr="00F1416C">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Возможно, потребуется разделение медицинских специальностей на классы или категории по степени риска неблагоприятного исхода лечения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2239F" w:rsidRPr="00FD1922" w:rsidRDefault="00E2239F" w:rsidP="006F71BC">
-      <w:pPr>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E2239F" w:rsidRPr="00FD1922" w:rsidSect="0022060C">
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:p w:rsidR="00E2239F" w:rsidRDefault="00E2239F" w:rsidP="00D71260">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E2239F" w:rsidSect="00B038A5">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="003E4193" w:rsidRDefault="003E4193" w:rsidP="00705452">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007C1451" w:rsidRDefault="007C1451" w:rsidP="00705452">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="003E4193" w:rsidRDefault="003E4193" w:rsidP="00705452">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007C1451" w:rsidRDefault="007C1451" w:rsidP="00705452">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="003E4193" w:rsidRDefault="003E4193" w:rsidP="00705452">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007C1451" w:rsidRDefault="007C1451" w:rsidP="00705452">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="003E4193" w:rsidRDefault="003E4193" w:rsidP="00705452">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007C1451" w:rsidRDefault="007C1451" w:rsidP="00705452">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="0019543A" w:rsidRDefault="00BC5C8A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00AF22A6" w:rsidRDefault="00074DEA">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="0019543A">
+    <w:r w:rsidR="00AF22A6">
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000F313C">
+    <w:r w:rsidR="00BA4F46">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0019543A" w:rsidRDefault="0019543A">
+  <w:p w:rsidR="00AF22A6" w:rsidRDefault="00AF22A6">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="007653EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="203AD662"/>
     <w:lvl w:ilvl="0" w:tplc="E6804562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
@@ -5975,50 +4921,163 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="170A0D65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="377638BC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="20C85324"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADC03528"/>
     <w:lvl w:ilvl="0" w:tplc="C97AC342">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -6063,51 +5122,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="25CD599D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E84337E"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6176,51 +5235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="282C6635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A6470FC"/>
     <w:lvl w:ilvl="0" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6289,51 +5348,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="2F1E5D79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F27ADE5E"/>
     <w:lvl w:ilvl="0" w:tplc="DDB291D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -6378,51 +5437,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="34D17A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B24E5EE"/>
     <w:lvl w:ilvl="0" w:tplc="6B2A9A20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6469,51 +5528,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="362E42F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="284C3AB2"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6555,51 +5614,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="41726EB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FFAD456"/>
     <w:lvl w:ilvl="0" w:tplc="9A82D692">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -6644,51 +5703,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="459E0590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0E0BA32"/>
     <w:lvl w:ilvl="0" w:tplc="153E2E9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -6733,51 +5792,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="4AEC7F19"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BC47BB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="9"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
@@ -6800,51 +5859,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="50650C19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C820E61E"/>
     <w:lvl w:ilvl="0" w:tplc="A6687E36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
@@ -6891,51 +5950,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="5B7B520C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D176540C"/>
     <w:lvl w:ilvl="0" w:tplc="05C840E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -6980,51 +6039,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="60AF6BC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C8202D70"/>
     <w:lvl w:ilvl="0" w:tplc="326E077E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -7066,136 +6125,50 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
-      </w:pPr>
-[...84 lines deleted...]
-        <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="79102DB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EADA6B8C"/>
     <w:lvl w:ilvl="0" w:tplc="C3624372">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7361,455 +6334,431 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="6">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:doNotTrackMoves/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D2B1B"/>
-    <w:rsid w:val="000312B4"/>
-    <w:rsid w:val="0004569A"/>
+    <w:rsid w:val="00006166"/>
+    <w:rsid w:val="00014DA6"/>
     <w:rsid w:val="00045A0F"/>
+    <w:rsid w:val="00063080"/>
+    <w:rsid w:val="00074DEA"/>
     <w:rsid w:val="000A50BD"/>
     <w:rsid w:val="000E1E4F"/>
-    <w:rsid w:val="000F313C"/>
     <w:rsid w:val="000F7690"/>
+    <w:rsid w:val="00114CF7"/>
+    <w:rsid w:val="00117920"/>
     <w:rsid w:val="001359C5"/>
-    <w:rsid w:val="001421FC"/>
+    <w:rsid w:val="00146DAC"/>
     <w:rsid w:val="00155A1A"/>
+    <w:rsid w:val="00185ADC"/>
     <w:rsid w:val="00193753"/>
-    <w:rsid w:val="0019543A"/>
-    <w:rsid w:val="001B16C2"/>
     <w:rsid w:val="001B19AF"/>
-    <w:rsid w:val="00202CF6"/>
+    <w:rsid w:val="001F7BD5"/>
     <w:rsid w:val="0022060C"/>
     <w:rsid w:val="00221AA0"/>
     <w:rsid w:val="00237EB5"/>
-    <w:rsid w:val="00262691"/>
     <w:rsid w:val="002740C9"/>
     <w:rsid w:val="00285ABD"/>
-    <w:rsid w:val="00291C74"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002A6D2C"/>
+    <w:rsid w:val="002C30B0"/>
     <w:rsid w:val="002E6916"/>
     <w:rsid w:val="002F7C5F"/>
-    <w:rsid w:val="00301AF2"/>
-    <w:rsid w:val="003112E0"/>
+    <w:rsid w:val="0031111D"/>
     <w:rsid w:val="00314489"/>
     <w:rsid w:val="00324964"/>
-    <w:rsid w:val="003306EE"/>
     <w:rsid w:val="00346E18"/>
-    <w:rsid w:val="003520B9"/>
+    <w:rsid w:val="0035425E"/>
     <w:rsid w:val="00354CB2"/>
-    <w:rsid w:val="00355259"/>
-    <w:rsid w:val="003617EF"/>
+    <w:rsid w:val="00357A03"/>
     <w:rsid w:val="003A0CB9"/>
-    <w:rsid w:val="003B0948"/>
+    <w:rsid w:val="003D1A58"/>
     <w:rsid w:val="003D4226"/>
     <w:rsid w:val="003D7976"/>
-    <w:rsid w:val="003D7B6D"/>
     <w:rsid w:val="003E12EE"/>
-    <w:rsid w:val="003E4193"/>
     <w:rsid w:val="003E7F01"/>
-    <w:rsid w:val="003F7B16"/>
     <w:rsid w:val="003F7E99"/>
     <w:rsid w:val="0040673B"/>
+    <w:rsid w:val="00410651"/>
     <w:rsid w:val="004148DD"/>
-    <w:rsid w:val="00417A60"/>
     <w:rsid w:val="004215E6"/>
+    <w:rsid w:val="004220EB"/>
     <w:rsid w:val="00422BBA"/>
-    <w:rsid w:val="00432B8D"/>
     <w:rsid w:val="00441952"/>
     <w:rsid w:val="004510C4"/>
-    <w:rsid w:val="00452DAC"/>
+    <w:rsid w:val="004622E8"/>
+    <w:rsid w:val="004813A2"/>
     <w:rsid w:val="00486D38"/>
     <w:rsid w:val="004876AE"/>
-    <w:rsid w:val="004A6864"/>
-    <w:rsid w:val="004B3263"/>
     <w:rsid w:val="004C2179"/>
     <w:rsid w:val="004C4181"/>
-    <w:rsid w:val="004C7E24"/>
-    <w:rsid w:val="004E6D33"/>
     <w:rsid w:val="004F0C1D"/>
     <w:rsid w:val="004F67FF"/>
     <w:rsid w:val="004F793E"/>
-    <w:rsid w:val="00503142"/>
     <w:rsid w:val="00513936"/>
+    <w:rsid w:val="005440E3"/>
+    <w:rsid w:val="005A3163"/>
     <w:rsid w:val="005D2B1B"/>
-    <w:rsid w:val="005D50E7"/>
     <w:rsid w:val="005D5A95"/>
     <w:rsid w:val="00616C20"/>
     <w:rsid w:val="00625DF3"/>
     <w:rsid w:val="006270B7"/>
     <w:rsid w:val="006337AA"/>
     <w:rsid w:val="00644D96"/>
-    <w:rsid w:val="00663FF2"/>
     <w:rsid w:val="00673480"/>
-    <w:rsid w:val="006767EC"/>
     <w:rsid w:val="00682252"/>
     <w:rsid w:val="0068505D"/>
-    <w:rsid w:val="00691D5D"/>
     <w:rsid w:val="006B1337"/>
-    <w:rsid w:val="006B54FC"/>
     <w:rsid w:val="006E2AF7"/>
     <w:rsid w:val="006E672A"/>
-    <w:rsid w:val="006F71BC"/>
     <w:rsid w:val="006F7315"/>
     <w:rsid w:val="00705452"/>
     <w:rsid w:val="00711AB5"/>
+    <w:rsid w:val="007421B6"/>
     <w:rsid w:val="00742718"/>
-    <w:rsid w:val="00752964"/>
     <w:rsid w:val="007645FD"/>
     <w:rsid w:val="00766E6B"/>
-    <w:rsid w:val="007722A1"/>
     <w:rsid w:val="00781B38"/>
+    <w:rsid w:val="00787656"/>
     <w:rsid w:val="007B35E1"/>
     <w:rsid w:val="007B7D98"/>
+    <w:rsid w:val="007C0908"/>
     <w:rsid w:val="007C124F"/>
+    <w:rsid w:val="007C1451"/>
     <w:rsid w:val="007D589C"/>
+    <w:rsid w:val="007E0E1F"/>
     <w:rsid w:val="007E204C"/>
-    <w:rsid w:val="00801B9F"/>
-    <w:rsid w:val="0082725D"/>
+    <w:rsid w:val="007F7FDC"/>
     <w:rsid w:val="00836319"/>
-    <w:rsid w:val="0085058F"/>
+    <w:rsid w:val="00862D34"/>
     <w:rsid w:val="00867510"/>
     <w:rsid w:val="00870602"/>
-    <w:rsid w:val="008800FB"/>
     <w:rsid w:val="00887060"/>
-    <w:rsid w:val="00893F16"/>
+    <w:rsid w:val="008B0A35"/>
     <w:rsid w:val="008B57AC"/>
     <w:rsid w:val="008B7889"/>
     <w:rsid w:val="008C347D"/>
+    <w:rsid w:val="008C7211"/>
     <w:rsid w:val="008D4F7E"/>
+    <w:rsid w:val="008F2A46"/>
     <w:rsid w:val="0090427C"/>
-    <w:rsid w:val="0094615D"/>
     <w:rsid w:val="00961EA7"/>
     <w:rsid w:val="00965894"/>
-    <w:rsid w:val="00977A76"/>
+    <w:rsid w:val="009843EA"/>
     <w:rsid w:val="00991C2B"/>
-    <w:rsid w:val="00994B59"/>
     <w:rsid w:val="009B36EB"/>
-    <w:rsid w:val="009C03D8"/>
     <w:rsid w:val="009E3796"/>
     <w:rsid w:val="00A05607"/>
     <w:rsid w:val="00A509AF"/>
     <w:rsid w:val="00A63E24"/>
-    <w:rsid w:val="00A77476"/>
     <w:rsid w:val="00A91B34"/>
     <w:rsid w:val="00A92149"/>
     <w:rsid w:val="00A97EE9"/>
     <w:rsid w:val="00A97F5E"/>
-    <w:rsid w:val="00AB14EA"/>
+    <w:rsid w:val="00AA23FB"/>
+    <w:rsid w:val="00AA52D6"/>
     <w:rsid w:val="00AB7101"/>
     <w:rsid w:val="00AC77CC"/>
     <w:rsid w:val="00AE07D2"/>
+    <w:rsid w:val="00AF22A6"/>
+    <w:rsid w:val="00AF4386"/>
+    <w:rsid w:val="00B038A5"/>
     <w:rsid w:val="00B04C61"/>
     <w:rsid w:val="00B13719"/>
     <w:rsid w:val="00B25A21"/>
     <w:rsid w:val="00B32517"/>
+    <w:rsid w:val="00B57050"/>
+    <w:rsid w:val="00B621D0"/>
     <w:rsid w:val="00B66C73"/>
     <w:rsid w:val="00B74855"/>
     <w:rsid w:val="00B8625C"/>
     <w:rsid w:val="00BA3DF2"/>
+    <w:rsid w:val="00BA4F46"/>
     <w:rsid w:val="00BC0DEA"/>
-    <w:rsid w:val="00BC5C8A"/>
-    <w:rsid w:val="00BD23A9"/>
+    <w:rsid w:val="00BD1E67"/>
     <w:rsid w:val="00BF6800"/>
     <w:rsid w:val="00BF7943"/>
-    <w:rsid w:val="00C17237"/>
+    <w:rsid w:val="00C22B49"/>
     <w:rsid w:val="00C535D2"/>
     <w:rsid w:val="00C60BEA"/>
     <w:rsid w:val="00C63A47"/>
+    <w:rsid w:val="00C8065F"/>
     <w:rsid w:val="00C8326B"/>
     <w:rsid w:val="00C93D61"/>
+    <w:rsid w:val="00CB22C9"/>
     <w:rsid w:val="00CB7254"/>
     <w:rsid w:val="00CD1403"/>
-    <w:rsid w:val="00CE1F9F"/>
-    <w:rsid w:val="00CE2F09"/>
+    <w:rsid w:val="00CD1AC1"/>
+    <w:rsid w:val="00CD34B0"/>
     <w:rsid w:val="00CF3444"/>
-    <w:rsid w:val="00D05856"/>
+    <w:rsid w:val="00CF4242"/>
     <w:rsid w:val="00D23642"/>
     <w:rsid w:val="00D32B12"/>
     <w:rsid w:val="00D3595E"/>
     <w:rsid w:val="00D42DA0"/>
     <w:rsid w:val="00D5347A"/>
-    <w:rsid w:val="00D53C38"/>
-    <w:rsid w:val="00D70943"/>
     <w:rsid w:val="00D71260"/>
-    <w:rsid w:val="00D80CB3"/>
-    <w:rsid w:val="00D837AE"/>
     <w:rsid w:val="00D867B9"/>
-    <w:rsid w:val="00D875AC"/>
     <w:rsid w:val="00DA3B2D"/>
     <w:rsid w:val="00DC17A4"/>
     <w:rsid w:val="00DE1911"/>
+    <w:rsid w:val="00DF3795"/>
     <w:rsid w:val="00DF7042"/>
     <w:rsid w:val="00E2239F"/>
+    <w:rsid w:val="00E343F5"/>
+    <w:rsid w:val="00E3584C"/>
     <w:rsid w:val="00E40116"/>
-    <w:rsid w:val="00E56D1B"/>
     <w:rsid w:val="00E752C7"/>
-    <w:rsid w:val="00E75ECF"/>
+    <w:rsid w:val="00E753E4"/>
     <w:rsid w:val="00E81E37"/>
     <w:rsid w:val="00EA02B2"/>
     <w:rsid w:val="00EA2CB5"/>
     <w:rsid w:val="00EB5B1E"/>
     <w:rsid w:val="00EC26F6"/>
+    <w:rsid w:val="00ED0662"/>
+    <w:rsid w:val="00ED5AB6"/>
     <w:rsid w:val="00F1416C"/>
     <w:rsid w:val="00F20CA3"/>
     <w:rsid w:val="00F2181F"/>
+    <w:rsid w:val="00F307FC"/>
     <w:rsid w:val="00F553CE"/>
     <w:rsid w:val="00F574D1"/>
-    <w:rsid w:val="00F61613"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F872AE"/>
+    <w:rsid w:val="00F7066F"/>
+    <w:rsid w:val="00F90225"/>
     <w:rsid w:val="00F97CB0"/>
     <w:rsid w:val="00FA24D1"/>
-    <w:rsid w:val="00FC557D"/>
-    <w:rsid w:val="00FC69E2"/>
     <w:rsid w:val="00FD1922"/>
     <w:rsid w:val="00FE0A42"/>
     <w:rsid w:val="00FF166E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -7862,254 +6811,212 @@
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...41 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000080"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000080"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB7101"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
-      <w:lang/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7101"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB7101"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="s8">
     <w:name w:val="s8"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s3">
     <w:name w:val="s3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
@@ -8353,326 +7260,1098 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s61">
     <w:name w:val="s61"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB7101"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:strike/>
       <w:color w:val="808000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00705452"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00705452"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00705452"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00705452"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D867B9"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C63A47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00C63A47"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B32517"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00B32517"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00B25A21"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Основной текст_"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A91B34"/>
     <w:rPr>
       <w:spacing w:val="9"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Заголовок №1_"/>
-    <w:link w:val="12"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A91B34"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="6"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Основной текст2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A91B34"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="300" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:spacing w:val="9"/>
-      <w:lang/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок №1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="11"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A91B34"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="480" w:after="60" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:hanging="340"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
       <w:spacing w:val="6"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Основной текст + Курсив"/>
     <w:aliases w:val="Интервал 0 pt"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A91B34"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s20">
     <w:name w:val="s20"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00961EA7"/>
     <w:rPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Заголовок 1 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="1"/>
-[...2 lines deleted...]
-    <w:rPr>
+    <w:rsid w:val="008B0A35"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...5 lines deleted...]
-    <w:name w:val="Заголовок 3 Знак"/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB7101"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB7101"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="s8">
+    <w:name w:val="s8"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s3">
+    <w:name w:val="s3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s2">
+    <w:name w:val="s2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s19">
+    <w:name w:val="s19"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
-[...1 lines deleted...]
-    </w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s7">
+    <w:name w:val="s7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s9">
+    <w:name w:val="s9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s10">
+    <w:name w:val="s10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s16">
+    <w:name w:val="s16"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s17">
+    <w:name w:val="s17"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s18">
+    <w:name w:val="s18"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s11">
+    <w:name w:val="s11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s12">
+    <w:name w:val="s12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s13">
+    <w:name w:val="s13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s14">
+    <w:name w:val="s14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:strike/>
+      <w:color w:val="808000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s15">
+    <w:name w:val="s15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s6">
+    <w:name w:val="s6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:strike/>
+      <w:color w:val="808000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s5">
+    <w:name w:val="s5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s110">
+    <w:name w:val="s110"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s21">
+    <w:name w:val="s21"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s31">
+    <w:name w:val="s31"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s61">
+    <w:name w:val="s61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AB7101"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:strike/>
+      <w:color w:val="808000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00705452"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00705452"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00705452"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00705452"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D867B9"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C63A47"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00C63A47"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B32517"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00B32517"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B25A21"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Основной текст_"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A91B34"/>
+    <w:rPr>
+      <w:spacing w:val="9"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Заголовок №1_"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A91B34"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="6"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Основной текст2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A91B34"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="300" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="9"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок №1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A91B34"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="480" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:hanging="340"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Основной текст + Курсив"/>
+    <w:aliases w:val="Интервал 0 pt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A91B34"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s20">
+    <w:name w:val="s20"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00961EA7"/>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008B0A35"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="607782151">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="986278343">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="986278346">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="986278347">
@@ -8719,72 +8398,59 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="986278349">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1995916360">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9031,70 +8697,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2254</Words>
-  <Characters>12848</Characters>
+  <Words>1719</Words>
+  <Characters>12838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Досье на проект Закона Республики Казахстан «Об информатизации» (июль 2012 года)</vt:lpstr>
       <vt:lpstr>Досье на проект Закона Республики Казахстан «Об информатизации» (июль 2012 года)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15072</CharactersWithSpaces>
+  <CharactersWithSpaces>14528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Досье на проект Закона Республики Казахстан «Об информатизации» (июль 2012 года)</dc:title>
-  <dc:subject/>
   <dc:creator>Болат Куанышбаев</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>