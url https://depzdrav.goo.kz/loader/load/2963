--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,27194 +1,31920 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Қазақстан Республикасының денсаулық сақтау саласын дамытудың 2016 - 2019 жылдарға арналған "Денсаулық" мемлекеттік бағдарламасын бекіту және "Мемлекеттік бағдарламалар тізбесін бекіту туралы" Қазақстан Республикасы Президентінің 2010 жылғы 19 наурыздағы № 957 Жарлығына толықтыру енгізу туралы</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Государственной программы развития здравоохранения Республики Казахстан "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" на 2016 - 2019 годы и внесении дополнения в Указ Президента Республики Казахстан от 19 марта 2010 года № 957 "Об утверждении Перечня государственных программ"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...6 lines deleted...]
-        <w:t>Қазақстан Республикасы Президентінің 2016 жылғы 15 қаңтардағы № 176 Жарлығы</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Указ Президента Республики Казахстан от 15 января 2016 года № 176</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...6 lines deleted...]
-        <w:t>      «Қазақстан Республикасының 2020 жылға дейінгі Стратегиялық даму жоспары туралы» Қазақстан Республикасы Президентінің 2010 жылғы 1 ақпандағы № 922 </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Жарлығына</w:t>
+          <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 1 февраля 2010 года № 922 «О Стратегическом плане развития Республики Казахстан до 2020 года» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00311457">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мемлекеттік бағдарламасы</w:t>
+          <w:t>Государственную программу</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развития здравоохранения Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» на 2016 - 2019 годы (далее - Программа). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00311457">
-[...46 lines deleted...]
-        <w:t>      2) «Қазақстан Республикасындағы мемлекеттік жоспарлау жүйесінің одан әрі жұмыс істеуінің кейбір мәселелері туралы» Қазақстан Республикасы Президентінің 2010 жылғы 4 наурыздағы № 931 </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Правительству Республики Казахстан: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) в месячный срок разработать и утвердить План мероприятий по реализации Программы по согласованию с Администрацией Президента Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) представлять в Администрацию Президента Республики Казахстан результаты мониторинга и оценки реализации Программы в сроки и порядке, определяемые </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Жарлығында</w:t>
+          <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...46 lines deleted...]
-        <w:t>      4. «Мемлекеттік бағдарламалар тізбесін бекіту туралы» Қазақстан Республикасы Президентінің 2010 жылғы 19 наурыздағы № 957 </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 4 марта 2010 года № 931 «О некоторых вопросах дальнейшего функционирования Системы государственного планирования в Республике Казахстан». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Центральным государственным органам и местным исполнительным органам принять меры по реализации Программы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внести в </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Жарлығына</w:t>
+          <w:t>Указ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 19 марта 2010 года № 957 «Об утверждении Перечня государственных программ» (САПП Республики Казахстан, 2010 г., № 25-26, ст. 185) следующее дополнение:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>тізбесі</w:t>
+          <w:t>Перечень государственных программ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...25 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденный вышеназванным Указом, дополнить строкой, порядковый номер 13, следующего содержания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      «</w:t>
       </w:r>
-    </w:p>
-[...657 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9968" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1986"/>
-        <w:gridCol w:w="7982"/>
+        <w:gridCol w:w="930"/>
+        <w:gridCol w:w="2668"/>
+        <w:gridCol w:w="2164"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="1161"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>Қазақстан Республикасының денсаулық сақтау саласын дамытудың 2016-2019 жылдарға арналған «Денсаулық» мемлекеттік бағдарламасы (бұдан әрі - Бағдарлама)</w:t>
+            <w:tcW w:w="885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная программа развития здравоохранения Республики Казахстан «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>» на 2016-2019 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министерство здравоохранения и социального развития Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>до 15 ноября 2015 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016-2019 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>до 31 декабря 2015 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+    </w:tbl>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                   ».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением настоящего Указа возложить на Администрацию Президента Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Настоящий Указ вводится в действие с 1 января 2016 года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республики Казахстан                       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н.Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕНА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Указом Президента     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Республики Казахстан    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 15 января 2016 года № 176</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННАЯ ПРОГРАММА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>развития здравоохранения Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>на 2016 — 2019 годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Паспорт Программы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z12"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Введение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z13"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Анализ текущей ситуации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z14"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Цели, задачи, целевые индикаторы и показатели результатов реализации Программы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Основные направления, пути достижения поставленных целей и соответствующие меры</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Сроки реализации Программы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z60" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Необходимые ресурсы</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Паспорт Программы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9684" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="225"/>
+        <w:gridCol w:w="7344"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...48 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная программа развития здравоохранения Республики Казахстан «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>» на 2016-2019 годы (далее - Программа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для разработки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId18" w:anchor="z0" w:history="1">
-              <w:r w:rsidRPr="00311457">
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00CE327C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
-                  <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Жарлығы</w:t>
+                <w:t>Указ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00311457">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Президента Республики Казахстан от 1 февраля 2010 года № 922 «О Стратегическом плане развития Республики Казахстан до 2020 года»;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қазақстан Республикасының Президенті Н.Ә.Назарбаевтың 2012 жылғы 14 желтоқсандағы «Қазақстан-2050» стратегиясы: қалыптасқан мемлекеттің жаңа саяси бағыты» атты Қазақстан халқына </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:anchor="z0" w:history="1">
-              <w:r w:rsidRPr="00311457">
+              <w:r w:rsidRPr="00CE327C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
-                  <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Жолдауы</w:t>
+                <w:t>Послание</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00311457">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Президента Республики Казахстан Назарбаева Н.А. народу Казахстана от 14 декабря 2012 года «Стратегия «Казахстан-2050»: новый политический курс состоявшегося государства»;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қазақстан Республикасының Президенті Н.Ә.Назарбаевтың 2014 жылғы 11 қарашадағы «Нұрлы жол - болашаққа бастар жол» атты Қазақстан халқына </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:anchor="z0" w:history="1">
-              <w:r w:rsidRPr="00311457">
+              <w:r w:rsidRPr="00CE327C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
-                  <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Жолдауы</w:t>
+                <w:t>Послание</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00311457">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Президента Республики Казахстан Назарбаева Н.А. народу Казахстана от 11 ноября 2014 года «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - путь в будущее»;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00311457">
-[...8 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:anchor="z0" w:history="1">
-              <w:r w:rsidRPr="00311457">
+              <w:r w:rsidRPr="00CE327C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
-                  <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                  <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>Ұлт жоспары</w:t>
+                <w:t>Национальный план</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00311457">
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Президента Республики Казахстан Назарбаева Н.А. «100 конкретных шагов по реализации пяти институциональных реформ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...48 lines deleted...]
-              <w:t>Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрлігі</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственный орган, ответственный за разработку Программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министерство здравоохранения и социального развития Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрлігі, Қазақстан Республикасының Ішкі істер министрлігі, Қазақстан Республикасының Мәдениет және спорт министрлігі, Қазақстан Республикасының Ұлттық экономика министрлігі, Қазақстан Республикасының Қорғаныс министрлігі, Қазақстан Республикасының Білім және ғылым министрлігі, Қазақстан Республикасының Инвестициялар және даму министрлігі, Қазақстан Республикасының Ауыл шаруашылығы министрлігі, Қазақстан Республикасының Қаржы министрлігі, Қазақстан Республикасының Энергетика министрлігі, Қазақстан Республикасының Әділет министрлігі, Астана және Алматы қалаларының, облыстардың әкімдіктері</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственные органы, ответственные за реализацию Программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство здравоохранения и социального развития Республики Казахстан, Министерство внутренних дел Республики Казахстан, Министерство культуры и спорта Республики Казахстан, Министерство национальной экономики Республики Казахстан, Министерство обороны Республики Казахстан, Министерство образования и науки Республики Казахстан, Министерство по инвестициям и развитию Республики Казахстан, Министерство сельского хозяйства Республики Казахстан, Министерство финансов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Республики Казахстан, Министерство энергетики Республики Казахстан, Министерство юстиции Республики Казахстан, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Астаны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и Алматы, областей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>Еліміздің орнықты әлеуметтік-экономикалық дамуын қамтамасыз ету үшін халықтың денсаулығын нығайту</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Цель Программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Укрепление здоровья населения для обеспечения устойчивого социально-экономического развития страны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...54 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Развитие системы общественного здравоохранения; совершенствование профилактики и управления заболеваниями;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>аурулардың профилактикасын және басқаруды жетілдіру;</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:t>повышение эффективности управления и финансирования системы здравоохранения;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>денсаулық сақтау жүйесін басқарудың және қаржыландырудың тиімділігін арттыру;</w:t>
-[...9 lines deleted...]
-              <w:t>ресурстарды пайдаланудың тиімділігін арттыру және саланың инфрақұрылымын жетілдіру</w:t>
+              <w:t>повышение эффективности использования ресурсов и совершенствование инфраструктуры отрасли</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>2016-2019 жылдар</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки реализации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016-2019 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>2020 жылға қарай өмір сүрудің күтілетін ұзақтығы 73 жасқа жетеді</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К 2020 году уровень ожидаемой продолжительности жизни достигнет 73 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1941" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>2016-2019 жылдары Бағдарламаны іске асыруға  мемлекеттік бюджеттің және міндетті әлеуметтік медициналық сақтандыру қорының қаражаты, сондай-ақ Қазақстан Республикасының заңнамасымен тыйым салынбаған басқа да қаражат бағытталатын болады. Бағдарламаны іске асыруға мемлекеттік бюджеттен жұмсалатын жалпы шығын 1 969 729 500 мың теңгені құрайтын болады.</w:t>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники и объемы финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7299" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>На реализацию Программы в 2016-2019 годах будут направлены средства государственного бюджета и фонда обязательного социального медицинского страхования, а также другие средства, не запрещенные законодательством Республики Казахстан. Общие затраты из государственного бюджета на реализацию Программы составят 1 969 729 500 тыс. тенге.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10110" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1615"/>
-        <w:gridCol w:w="2503"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="2424"/>
         <w:gridCol w:w="2154"/>
-        <w:gridCol w:w="2027"/>
-        <w:gridCol w:w="1811"/>
+        <w:gridCol w:w="1874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...49 lines deleted...]
-              <w:t>Барлығы</w:t>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...73 lines deleted...]
-              <w:t>Басқа да көздер (МӘСҚ, ҰҚ)</w:t>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Другие источники (ФСМС, НФ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>128 034 799</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>92 389 291</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34 945 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>700 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2017 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>408 080 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>69 309 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19 035 944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>319 735 046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>709 797 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46 769 024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2 244 785</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>660 783 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2019 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>723 816 732</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46 701 636</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2 259 174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>674 855 922</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1 969 729 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>255 169 825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>58 485 411</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1 656 074 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...6 lines deleted...]
-        <w:t>      Бағдарламаны қаржыландыру көлемі Қазақстан Республикасының заңнамасына сәйкес тиісті қаржы жылдарына арналған республикалық және жергілікті бюджеттерді бекіту кезінде әрі республикалық және жергілікті бюджеттердің, Әлеуметтік медициналық сақтандыру қорының кіріс бөлігінің мүмкіндіктері тұрғысынан, сондай-ақ басқа да балама көздердің тартылуымен нақтыланатын болады.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Объем финансирования Программы будет уточняться при утверждении республиканского и местных бюджетов на соответствующие финансовые годы в соответствии с законодательством Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исходя из возможности доходной части республиканского и местных бюджетов, Фонда социального медицинского страхования, а также с привлечением других альтернативных источников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>2. Кіріспе</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Введение</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...7 lines deleted...]
-        <w:t>      Мемлекет басшысы Н.Ә.Назарбаев 2012 жылғы 14 желтоқсандағы «Қазақстан-2050» стратегиясы: қалыптасқан мемлекеттің жаңа саяси бағыты» атты Қазақстан халқына </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для достижения стратегической цели, поставленной Главой государства Назарбаевым Н.А. в </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Жолдауында</w:t>
+          <w:t>Послании</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...46 lines deleted...]
-        <w:t>      Бағдарламаны іске асыру Дүниежүзілік денсаулық сақтау ұйымының (бұдан әрі - ДДҰ) «Денсаулық-2020» саясатының түйінді қағидаттарына сәйкес халықты жаппай қамту, әлеуметтік әділеттілік, сапалы медициналық көмекпен қамтамасыз ету және денсаулық үшін ортақ жауапкершілік қағидаттарын сақтай отырып, әлеуметтік бағдарланған ұлттық денсаулық сақтау жүйесінің орнықтылығы мен серпінді дамуына ықпал ететін болады.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народу Казахстана от 14 декабря 2012 года «Стратегия «Казахстан-2050»: новый политический курс состоявшегося государства», по дальнейшему развитию страны и вхождению в число 30-ти наиболее развитых стран мира к 2050 году следует преодолеть разрыв в развитии между странами Организации экономического сотрудничества и развития (далее - ОЭСР) и Казахстаном.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В этой связи государство должно обеспечить поэтапное внедрение стандартов стран ОЭСР, направленных на улучшение качества и доступности предоставляемых медицинских услуг, повышение эффективности системы управления и финансирования системы здравоохранения, а также рациональное использование имеющихся ресурсов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В ходе реализации предыдущих государственных программ был укреплен потенциал системы здравоохранения Казахстана, внедрены элементы рыночных механизмов и осуществлен трансферт современных медицинских технологий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Данная Программа будет направлена на закрепление и развитие достигнутых результатов и решение проблем в вопросах охраны здоровья в соответствии с новыми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вызовами, а также станет основой для планомерного развития отрасли до 2050 года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Реализация Программы будет способствовать устойчивости и динамичному развитию социально-ориентированной национальной системы здравоохранения с соблюдением принципов всеобщего охвата населения, социальной справедливости, обеспечения качественной медицинской помощью и солидарной ответственности за здоровье в соответствии с ключевыми принципами политики Всемирной организации здравоохранения (далее - ВОЗ) «Здоровье-2020».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>3. Ағымдағы жағдайды талдау</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Анализ текущей ситуации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...12 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Согласно отчету Глобального индекса конкурентоспособности (далее - ГИК) за 2015-2016 годы Казахстан занял 42-ое место в рейтинге среди 140 стран, поднявшись на 8 ме</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст в ср</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авнении с результатами рейтинга прошлого года. По индикатору «Здоровье и начальное образование» Казахстан занял 93-е место из 140 стран. По Индексу человеческого развития в 2014 году республика вошла в группу стран с высоким уровнем развития, заняв 70 место из 187 стран.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Медико-демографическая ситуация и заболеваемость</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а период реализации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мемлекеттік бағдарламасы</w:t>
+          <w:t>Государственной программы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...92 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развития здравоохранения Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» на 2011-2015 годы (далее - Госпрограмма «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>») отмечены:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) увеличение численности населения в республике до 17 417,7 тыс. человек (на 01.01.2015 года) с ежегодным темпом прироста населения на 1,4%; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) рост ожидаемой продолжительности жизни до 71,62 лет (2010 год - 68,45 лет); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) снижение общей смертности населения почти на 15,3% (2010 год - 8,94 на 1000 населения, 2014 год - 7,57); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) увеличение рождаемости на 2,6% (2010 год - 22,54 на 1000 населения, 2014 год-23,13); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) снижение материнской смертности в 1,9 раза (2010 год - 22,7 на 100 000 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>родившихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2014 год - 11,7); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) снижение младенческой смертности в 1,7 раза (2010 год - 16,58 на 1000 родившихся живыми, 2014 год - 9, 72); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) снижение заболеваемости населения туберкулезом на 30,3% (2010 год - 95,3 на 100 000 населения, 2014 год - 66,4) и смертности более чем в 2 раза (2010 год - 10,6 на 1000 населения, 2014 год - 4,9);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) удержание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>распространенности вируса иммунодефицита человека/синдрома приобретенного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иммунодефицита (далее - ВИЧ/СПИД) на концентрированной стадии (2010 год - 0,118, 2014 год - 0,169). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Снижение показателей материнской, младенческой и детской смертности по подтверждению Межведомственной группы агентств Организации Объединенных Наций (далее - ООН) позволило Казахстану достичь 4-ой и 5-ой (детская и материнская смертность) Целей развития тысячелетия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Несмотря на позитивную динамику показателей здоровья населения, ожидаемая продолжительность жизни </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> почти на 10 лет меньше, чем в странах-членах ОЭСР. Сохраняется значительная разница между ожидаемой продолжительностью жизни мужчин и женщин (2014 год - 8,82 года), смертность у мужчин в трудоспособном возрасте на 24% выше, чем у женщин.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В структуре общей смертности ведущей причиной являются болезни системы кровообращения (22,3%), наиболее частые - ишемическая болезнь сердца, сосудистое поражение мозга, от которых ежегодно умирают около 30 тысяч человек. Рост первичной заболеваемости болезнями системы кровообращения составляет почти 15% (2010 год - 2086,7 на 100 тыс. населения, 2014 год - 2394,7).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Второй причиной является смертность от злокачественных новообразований (12,1%), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      8) адамның иммун тапшылығы вирусының (бұдан әрі - АИТВ)/ жұқтырылған иммун тапшылығы синдромының (бұдан әрі - ЖИТС) таралуын шоғырландыру сатысында ұстап тұру (2010 жылы - 0,118, 2014 жылы - 0,169) байқалды.</w:t>
-[...165 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>от которых ежегодно умирают около 17 тысяч человек, из них 16,9% составляет рак легких. Показатель заболеваемости злокачественными новообразованиями увеличился на 9,7% (2010 год - 181,2 на 100 тыс. населения, 2014 год - 198,7).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На третьем месте - смертность от несчастных случаев, травм и отравлений (11,3%), от которых ежегодно умирает около 16 тысяч человек. Ежегодно свыше 3000 человек погибают от преднамеренного самоповреждения, опережая смертность от дорожно-транспортных происшествий (далее - ДТП).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Среди причин бремени хронических заболеваний в 87,5% являются 4 фактора риска (высокое артериальное давление, повышенный уровень холестерина, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табакокурение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и употребление алкоголя).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По данным ВОЗ годовой уровень потребления алкоголя в Казахстане (в эквиваленте литров чистого спирта/душа населения в год) снизился незначительно: с 7,1 в 2007 году до 6,6 в 2012 году.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      По результатам Глобального опроса населения о потреблении табака распространенность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табакокурения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Казахстане (% курения табака в возрасте &gt; 15 лет) снизилась с 23,1 в 2007 году до 22,4% в 2011 году (в странах ОЭСР - 20,65%).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С 2007 года на 38,1% снизился уровень употребления наркотических средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По результатам 5-го национального исследования (2012 год) 31,2% взрослых имеют избыточную массу тела или ожирение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      По прогнозам Комитета по статистике Министерства национальной экономики Республики Казахстан (далее - МНЭ) численность населения страны к 2030 году превысит 21 млн. человек, доля пожилых людей увеличится с 7,7% ориентировочно до 11-13% (ОЭСР - 15,5%). Изменение демографической ситуации с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ростом хронических заболеваний</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повлияет на спрос медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В республике отмечается стабильная эпидемиологическая ситуация по большинству инфекционных болезней. Достигнут 95% охват иммунизацией против 11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вакциноуправляемых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекций всего подлежащего детского населения. В 2012 году ВОЗ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресертифицировал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан страной, свободной от полиомиелита и малярии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предпринимаемые усилия позволили сдержать эпидемию ВИЧ-инфекции в Республике Казахстан на концентрированной стадии. В ГИК по показателю «Распространенность ВИЧ в возрастной группе 15-49 лет» Казахстан вошел в группу стран с низким показателем, занимающих 1-е место.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Несмотря на значительное снижение заболеваемости и смертности от туберкулеза (снижение заболеваемости более чем на 9% ежегодно, смертности - более чем в 2 раза за 5 лет), по данным 2014 года Казахстан среди 18 стран Европейского региона с высоким уровнем распространенности туберкулеза занимает 7-е место, по уровню первичного устойчивого туберкулеза - 2-ое, а в ГИК по распространенности туберкулеза - 102-е место.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В санитарно-эпидемиологической службе внедрена система прогнозирования, оценки и управления рисками, организованы 5 зональных вирусологических лабораторий, созданы специализированные лаборатории по контролю безопасности пищевой продукции, отвечающие требованиям Всемирной торговой организации, в календарь прививок внесена вакцинация детей от пневмококковой инфекции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем, не определена концепция дальнейшего развития и совершенствования системы оценки рисков, предполагающая создание научно обоснованной оценки негативного воздействия факторов окружающей среды на состояние здоровья населения и связанных с этим потенциальных медико-биологических и экономических последствий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Существующие информационные системы не обеспечивают оперативный обмен данными с другими базами данных заинтересованных государственных органов, ведомств и международных организаций. Отсутствует возможность проведения мониторинга санитарно-эпидемиологической ситуации в онлайн-режиме.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Существующая система лабораторного контроля с учетом развития технологий и решения задач по обеспечению санитарно-эпидемиологического благополучия населения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>төмендеуі) қарамастан, Қазақстан 2014 жылдың деректері бойынша Еуропа өңіріндегі туберкулездің таралу деңгейі жоғары 18 елі арасынан 7-орын, ілкі төзімді туберкулез деңгейі бойынша - 2-орын, ал ЖБИ-де туберкулездің таралуы бойынша 102-орын алады.</w:t>
-[...45 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>требует постоянного совершенствования и дооснащения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Охрана здоровья и система здравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период реализации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мембағдарламасын</w:t>
+          <w:t>Госпрограммы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...16 lines deleted...]
-        <w:t>      Қоғамдық денсаулық сақтау негіздері «Халық денсаулығы және денсаулық сақтау жүйесі туралы» Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» проведена определенная работа по формированию единой национальной политики по вопросам охраны здоровья через усиление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и межведомственного взаимодействия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основы охраны общественного здоровья регламентированы </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кодексімен</w:t>
+          <w:t>Кодексом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК «О здоровье народа и системе здравоохранения» и реализуются организациями здравоохранения, в том числе центрами формирования здорового образа жизни, организациями первичной медико-санитарной помощи (далее - ПМСП), службами инфекционного контроля в медицинских организациях, а также другими государственными органами и организациями в рамках межведомственного взаимодействия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжается реализация мероприятий по обеспечению санитарно-эпидемиологического благополучия населения. Приняты меры по сокращению административных барьеров, улучшению условий для предпринимательской деятельности. Оптимизирована выдача санитарно-эпидемиологических заключений с четырех до одного вида. Впервые в Казахстане внедрены механизмы альтернативы проверкам (аудит, НАССР (анализ рисков и критические контрольные точки), мониторинг безопасности продукции посредством отбора проб и камерального контроля). Создан и функционирует обучающий Центрально-Азиатский центр по пищевой безопасности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Совместно с ответственными государственными органами продолжается реализация мероприятий по обеспечению питания школьников, привитию навыков ведения здорового образа жизни, сокращению смертности от ДТП и травматизма, оказанию медицинской помощи больным туберкулезом в учреждениях уголовно-исполнительной системы, предупреждению и снижению последствий чрезвычайных ситуаций, обеспечению медико-спасательной помощи и развитию санитарной авиации. Также совместно с местными исполнительными органами проводятся мероприятия по пропаганде здорового образа жизни и профилактике особо опасных инфекций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Совместными мерами для регулирования поведенческих факторов в республике осуществлен полный запрет рекламы, введена норма ограничения продажи табачных изделий и алкоголя, курения и употребления алкоголя в общественных местах. Проводится поэтапное повышение акцизов на алкогольную и табачную продукцию. Увеличен возрастной ценз на продажу алкогольной продукции лицам до 21 года и введен запрет на продажу алкоголя в ночное время.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В то же время мероприятия по своевременности выполнения обязательств участниками межведомственного и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия малоэффективны, недостаточна координирующая роль Национального координационного совета, отсутствует эффективное взаимодействие секторов на первичном уровне. Недостаточно внимания уделяется управлению детерминантами причин неинфекционных заболеваний. Снижена эффективность профилактических и оздоровительных мероприятий среди школьников. В недостаточном объеме проводится фортификация муки по профилактике дефицита железа и фолиевой кислоты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Наряду с этим, в настоящее время в уполномоченном органе в области здравоохранения и местных исполнительных органах (управления здравоохранения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Астаны и Алматы, областей) отсутствуют структурные подразделения, осуществляющие реализацию политики охраны общественного здоровья, что создает пробел в управлении и координации деятельности по охране общественного здоровья. Особо остро данный пробел проявился после выведения санитарно-эпидемиологической службы из структуры системы здравоохранения. Служба СЭС, наряду с контрольно-надзорными функциями, осуществляла и профилактические меры, включая координацию инфекционного контроля, санитарно-гигиенического обучения населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Для устранения описанной проблемы целесообразно формирование институциональной основы в виде службы общественного здоровья (далее - СОЗ) в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>темекі өнімдеріне акциздерді кезең-кезеңімен көтеру жүргізіліп жатыр. Адамдарға алкоголь өнімдерін сатуға жастық шектеу 21 жасқа дейін ұлғайтылды және түнгі уақытта алкоголь сатуға тыйым салынды.</w:t>
-[...116 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>соответствии с лучшим международным опытом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целях усиления профилактической направленности на уровне первичного звена проведены следующие мероприятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) в 2011 году внедрена Национальная </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скрининговая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программа по 11 видам заболеваний; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) создан институт социальных работников (2014 год - 1,2 на 10 тысяч населения); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) увеличилось количество врачей общей практики (далее - ВОП) на 30%; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) с 2014 года внедрен комплексный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подушевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> норматив (далее - КПН), финансирование первичной медико-санитарной помощи (далее - ПМСП) в общем объеме финансирования гарантированного объема бесплатной медицинской помощи (далее - ГОБМП) увеличилось до 28% (2010 год - 23,4%), в результате выравнен уровень финансирования ПМСП между регионами с увеличением тарифа в расчете на 1 жителя (с 169 до 486 тенге).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Благодаря принятым мерам отмечается снижение темпа роста спроса на стационарные услуги, более дифференцированное направление пациентов на дополнительные обследования и консультации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Однако приоритет ПМСП в части финансирования не достигнут. Объем финансирования ПМСП на 1 жителя составил в Казахстане 95 долларов США, Эстонии - 231, Словении - 369, ОЭСР - 558. Наблюдается медленный темп перехода организаций ПМСП на принцип семейной медицины. Не в полной мере обеспечена мотивация для формирования службы ВОП. Не разработаны механизмы экономической мотивации управления состоянием здоровья прикрепленного населения на уровне ПМСП, недостаточна работа по информированию населения о новой модели с более широкими компетенциями и функционалом ВОП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Интеграция ПМСП и вертикальных профильных служб (туберкулез, онкология, ВИЧ/СПИД и др.) также недостаточна. Требуют решения вопросы улучшения преемственности между амбулаторно-поликлиническим, стационарным уровнем и службой скорой медицинской помощи. Сохраняется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перепотребление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативно-диагностических услуг. Недостаточно используется для этих целей потенциал стационаров, что вызывает неудовлетворенность населения в доступности и качестве медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С внедрением Единой национальной системы здравоохранения (далее - ЕНСЗ) на стационарном уровне проведена консолидация средств ГОБМП на уровне республиканского бюджета, в результате уменьшилась разница в финансировании между регионами, внедрен принцип «деньги следуют за пациентом», финансирование по клинико-затратным группам (далее - КЗГ). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это способствовало интенсификации использования ресурсов стационара и развитию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стационарозамещающих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологий, внедрению и развитию высоких медицинских технологий в регионах (по сравнению с 2010 годом средняя длительность пребывания в стационаре сократилась на 27%, количество пролеченных больных в условиях дневного стационара увеличилось на 23,5%, количество кардиохирургических вмешательств возросло с 7000 до 85000 в год).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Однако, несмотря на сокращение коечного фонда на 14 тыс. единиц, в Республике Казахстан показатели обеспеченности больничными койками выше, чем в странах ОЭСР на 20%, более продолжительная средняя длительность пребывания в стационаре (9,5 койко-дней (2014 год) против 6,0 в странах ОЭСР), недостаточна дифференциация коечного фонда по уровню интенсивности лечения, что создает финансовую нагрузку на бюджет здравоохранения: на долю стационаров приходится более</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60% бюджета системы здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Результатом недостаточного уровня дифференциации, нехватки коек восстановительного лечения, реабилитации и длительного ухода стала низкая эффективность их работы. Не развиты стационары на дому и патронажная служба. Свыше 20% госпитализированных больных могли получить лечение на амбулаторном уровне.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>тұрғындардың медициналық қызметтердің қолжетімділігі мен сапасына қанағаттанбауын тудырады.</w:t>
-[...105 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">      Наиболее распространенные группы заболеваний (острый инфаркт миокарда, острое нарушение мозгового кровообращения (инсульт), злокачественные новообразования, травмы, роды) являются наиболее частыми причинами госпитализации и смертности. При этом отсутствуют взаимодействие и интеграция на всех уровнях маршрута пациента, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>основанные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на единых алгоритмах действий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках внедрения ЕНСЗ формируется конкурентная среда среди поставщиков частной и государственной формы собственности медицинских услуг с обеспечением равных условий при оказании ГОБМП. Доля частных поставщиков услуг ГОБМП возросла с 12% в 2010 году до 27,4% в 2014 году.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственные медицинские организации расширили самостоятельность путем перехода в статус организаций на праве хозяйственного ведения (далее - ПХВ) с наблюдательными советами. Внедрены новые методы оплаты, ориентированные на конечный результат в амбулаторном и стационарном секторах, в онкологической службе и медицинских организациях села - глобальный бюджет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Объем финансирования отрасли вырос в 1,5 раза: с 562,8 млрд. тенге в 2010 году до 869,7 млрд. тенге в 2014 году.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем, анализ макроэкономических показателей выявил существенное отставание размеров бюджетных инвестиций в здравоохранение в Казахстане от уровня развитых стран. Так, в 2013 году доля государственных расходов на здравоохранение в ВВП в Казахстане составила 2,3%, ОЭСР - 6,5%.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Вследствие недостаточного финансирования здравоохранения в Казахстане сохраняется высокий уровень частных расходов на получение медицинской помощи (РК - 35,4%, ОЭСР - 19,6%, Европейский Союз - 16,3%). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По данным ВОЗ уровень расходов населения свыше 20% является признаком низкой финансовой устойчивости системы здравоохранения и характеризует повышенный риск для населения, связанный с приближением их к черте бедности вследствие болезней, которые, в свою очередь, могут затронуть все сферы (способность получать образование, экономическая продуктивность, уменьшение спроса на медицинские услуги), а также привести к ухудшению здоровья и демографических показателей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Кроме того, действующие механизмы финансирования, тарифная политика в системе здравоохранения недостаточно эффективны, не решены вопросы финансирования обновления основных средств. Требуют дальнейшего совершенствования механизмы эффективности использования средств ГОБМП. Так, отмечается низкая эффективность Национальной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скрининговой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявляемость</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляет 3,4% среди взрослого населения, 16,4% - среди детского), эффективность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скринингов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторируется</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основе рекомендаций по эффективности раннего обнаружения раковых опухолей и их успешному лечению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Существующая система финансирования ГОБМП не реализует принцип солидарной ответственности государства, работодателя и гражданина.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом появления новых технологий современная медицина становится все более ресурсоемкой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжается работа по стандартизации в соответствии с международными требованиями: совершенствуются протоколы диагностики и лечения, алгоритмы, стандарты профильных служб. Последовательно начали внедряться компоненты управления качеством: система аккредитации медицинских организаций, внутренний аудит, независимая оценка знаний и навыков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Вместе с тем, управление качеством медицинских услуг основано в большей степени на системе контроля, не завершен процесс стандартизации в здравоохранении, не привлекаются общественные организации и профессиональные сообщества в процесс управления качеством. Система сертификации медицинских работников слабо мотивирует обеспечение качества медицинских услуг. Не развит процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>доаккредитационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки медицинских организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Бұдан басқа, денсаулық сақтау жүйесіндегі қолданыстағы қаржыландыру тетіктерінің, тариф саясатының тиімділігі жеткіліксіз, негізгі құралдарды жаңартуды қаржыландыру мәселелері шешімін таппаған. ТМККК қаражатын пайдалану тиімділігінің тетіктерін әрі қарай жетілдіру қажет. Мәселен, Ұлттық скринингтеу бағдарламасы тиімділігінің төмендігі байқалады (ауруларды анықтау ересектер арасында 3,4%, балаларда 16,4%-ды құрайды), скринингтердің тиімділігі обыр ісіктерін ерте анықтаудың тиімділігі және оларды сәтті емдеу жөніндегі ұсынымдардың негізінде мониторингтелмейді.</w:t>
-[...102 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В системе здравоохранения с учетом всех ведомств в настоящее время работает более 68,8 тысяч врачей (2014 год - 39,5 на 10 тыс. населения, ОЭСР - 42,0) и более 160 тысяч средних медицинских работников (2014 год - 91,9 на 10 тыс. населения), в том числе без учета ведомств 124,9 тысяч (71,7 на 10 тыс. населения, ОЭСР - 91 на 10 тыс. населения).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В структуре врачебных кадров доля врачей с квалификационной категорией составила 46,5%, при этом доля категорированных врачей среди городского персонала выше, чем сельского (город - 48,0%, село - 39,3%).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Доля врачей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предпенсионного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пенсионного возраста составила 22,7%, что наиболее выражено в сельских районах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В то же время в Казахстане наблюдается дисбаланс в кадровом обеспечении между уровнями оказания медицинской помощи (дефицит на уровне ПМСП и села, профицит - на уровне стационара). В среднем 1 врач ПМСП обслуживает около 2200 прикрепленного населения, тогда как в странах ОЭСР нагрузка на него значительно ниже - менее 1500 человек. Имеется недостаток средних медицинских работников на уровне ПМСП (1,1 медсестры на 1 участкового врача при оптимальном соотношении 2-3).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Несмотря на внедрение стимулирующего компонента </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подушевого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> норматива, соотношение средней заработной платы ВОП в Казахстане к среднемесячной заработной плате в экономике составляет 1,0. Данный показатель в Великобритании - 1,9; Турции - 2,0; Словении - 2,5; Венгрии - 1,4; Эстонии — 1,7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В период реализации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мембағдарламасын</w:t>
+          <w:t>Госпрограммы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» проводилась планомерная работа по повышению потенциала медицинских и научных кадров: внедрены принципы накопительной системы непрерывного профессионального развития (далее - НПР), созданы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>симуляционные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательные центры, внедрена система независимой оценки квалификации специалистов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В целях обеспечения качества медицинского образования с 2012 года в Республике Казахстан внедряется процедура аккредитации образовательных организаций (институциональная аккредитация) и образовательных программ (специализированная аккредитация), независимая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экзаменация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускников. Институциональную аккредитацию к настоящему времени получили 6 медицинских вузов, начала внедряться процедура аккредитации медицинских колледжей. С 2014 года началась специализированная аккредитация программ высшего образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Однако остаются низкими практическая направленность подготовки кадров, несовершенство образовательных программ, особенно по направлениям клиническая фармакология, менеджмент, экономика.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжают оставаться актуальными вопросы низкой конкурентоспособности научных исследований, их неудовлетворительной практической значимости, недостаточного финансирования прикладных научных исследований в области здравоохранения и дефицита кадров с ученой степенью (более 650 специалистов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      На основе международного опыта создана Единая система дистрибуции лекарственных средств. Внедряются международные стандарты качества (GMP, GDP, GPP и др.), созданы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фарминспекторат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственный орган в сфере обращения лекарственных средств. Для обеспечения физической доступности лекарственной помощи жителям села организована реализация лекарственных средств через объекты ПМСП в более чем 3000 сельских населенных пунктах, не имеющих аптечных организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В структуре расходов на лекарственное обеспечение в рамках ГОБМП доля стационарного лекарственного обеспечения составляет 45%, доля амбулаторного лекарственного обеспечения - 55%. На амбулаторном уровне более 2 млн. граждан республики получают лекарственные препараты более чем по 400 наименованиям лекарственных средств бесплатно за счет государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Республика Казахстан стала официальным наблюдателем Комиссии Европейской фармакопеи и полноправной страной-участницей Международной программы ВОЗ по мониторингу побочных действий лекарственных средств. В рамках Евразийского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>дейін 6 медициналық ЖОО институционалдық аккредиттеу жүргізілді, медициналық колледждерді аккредиттеу рәсімі енгізіле бастады. 2014 жылдан бері жоғары білім беру бағдарламаларын мамандандырылған аккредиттеу басталды.</w:t>
-[...162 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+        <w:t>экономического союза подписаны соглашения государств-членов Евразийского экономического союза (Беларусь, Казахстан, Российская Федерация, Кыргызстан, Армения) о единых принципах и правилах обращения лекарственных средств и медицинских изделий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целях информированности медицинских, фармацевтических работников и населения республики создан лекарственный информационно-аналитический центр с филиалами в регионах. Совершенствуются формулярная система, принципы рациональной фармакотерапии на основе доказательной медицины.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Однако всего 61% лекарственных средств из всех зарегистрированных в Казахстане имеют сертификат GMP, 7 из 42 отечественных производителей и 40% лекарственных средств из закупа единым дистрибьютором.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сохраняются высокий уровень отпуска рецептурных лекарственных средств без рецептов врача, бесконтрольное использование антибиотиков, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>полипрагмазия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, использование лекарственных средств с недоказанной клинической эффективностью, неэтическое продвижение лекарственных средств ассоциациями с привлечением пациентов, а также врачами при выписывании лекарственных препаратов конкретного производителя, также остается проблема с качеством лекарственных средств и присутствием на рынке контрафактной продукции.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Отсутствует система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фармаконадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за лекарственными средствами, изделиями медицинского назначения и медицинской техникой, поступающими на рынок Республики Казахстан. Требует усовершенствования система сбора, выявления побочных действий лекарственных средств, отсутствует интегрированная информационная система для всех участников мониторинга побочных действий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Доклинические и клинические базы не аккредитованы в соответствии с международными требованиями. Медицинские организации недостаточно укомплектованы клиническими фармакологами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оснащенность медицинских организаций медицинской техникой увеличилась на 25,5% (2010 - 43,2%, 2014 год - 67%): сельских - 72,6%, городских - 74,1%. Начато внедрение механизмов финансового лизинга для обеспечения медицинской техникой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Вместе с тем, наблюдаются факты простоя и неэффективного использования медицинской техники, не разработаны стандарты оснащенности, основанные на доказательной медицине, не решены вопросы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постгарантийного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сервисного обслуживания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью создания информационной структуры здравоохранения Республики Казахстан продолжается информатизация отрасли здравоохранения, разработаны и внедрены веб-приложения по актуальным направлениям (регистры социально значимых заболеваний, портал Бюро госпитализации, по кадрам и др.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Однако имеющиеся базы данных разобщены и не интегрированы в единое информационное пространство, что осложняет взаимодействие различных уровней и слу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жб здр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авоохранения, не обеспечивает преемственность информации, ограничивает возможности оперативного анализа. В медицинских организациях не внедряется система электронного документооборота.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Независимыми экспертами Международного Банка Реконструкции и Развития в декабре 2014 года опубликован отчет о результатах реализации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мембағдарламасын</w:t>
+          <w:t>Госпрограммы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...66 lines deleted...]
-        <w:t>      6) 6-бағыт «Халыққа дәрілік заттардың қолжетімдігі мен сапасын арттыру, денсаулық сақтау ұйымдарын медициналық техникамен жарақтандыруды жақсарту» - сәтті.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саламатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», согласно которому реализация 6-ти основных направлений оценена международными экспертами следующим образом:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) 1-е направление «Повышение эффективности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и межведомственного взаимодействия по вопросам охраны общественного здоровья» - очень успешная; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) 2-е направление «Усиление профилактических мероприятий, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скрининговых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследований, совершенствование диагностики, лечения и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реабилитации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основных социально значимых заболеваний и травм» - довольно успешная; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) 3-е направление «Совершенствование санитарно-эпидемиологической службы» - довольно успешная; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) 4-е направление «Совершенствование организации, управления и финансирования медицинской помощи в Единой национальной системе здравоохранения» - очень успешная; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) 5-е направление «Совершенствование медицинского, фармацевтического образования, развитие и внедрение инновационных технологий в медицине» - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>успешная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) 6-е направление «Повышение доступности и качества лекарственных средств для населения, улучшение оснащения организаций здравоохранения медицинской техникой» - успешная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>SWOT-анализ здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сильные стороны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) политическая поддержка государства на самом высоком уровне и гарантия исполнения взятых социальных обязательств; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) стабильная эпидемиологическая ситуация по большинству инфекционных болезней с высоким охватом иммунизацией детского населения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) эффективная система санитарной охраны границ от завоза и распространения особо опасных инфекционных заболеваний и опасных грузов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) развитая инфраструктура организаций, оказывающих медицинскую помощь;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) успешный опыт трансферта современных медицинских технологий; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) внедрение системы управления качеством медицинской помощи на основе стандартизации и аккредитации; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) современная тарифная система финансирования здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) создание условий для развития отечественных производителей лекарственных средств, изделий медицинского назначения и медицинской техники.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Слабые стороны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) низкая ожидаемая продолжительность жизни, высокий уровень общей смертности в сравнении со средним уровнем стран ОЭСР; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) низкий уровень финансирования здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) высокий уровень частных расходов на здравоохранение; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) недостаточный уровень финансирования ПМСП; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) устаревшая инфраструктура системы здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) недостаточное материально-техническое обеспечение органов и организаций санитарно-эпидемиологической службы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) слабый уровень информатизации в отрасли;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) отсутствие механизмов солидарной ответственности за здоровье; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) недостаточное участие частного сектора в оказании ГОБМП; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10) недостаточный уровень качества подготовки кадров до- и последипломного образования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      11) низкий уровень эффективности управления в системе здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      12) низкая мотивация труда медицинского персонала; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) недостаточное лекарственное обеспечение на амбулаторном уровне.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Возможности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) положительная динамика основных демографических показателей; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) создание единого рынка в рамках Евразийского экономического пространства; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) привлечение прямых инвестиций (в том числе зарубежных) в здравоохранение и развитие государственно-частного партнерства; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) локализация производства лекарственных средств, изделий медицинского назначения и медицинской техники; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) внедрение социального медицинского страхования на основе внедренных рыночных механизмов (создан Единый плательщик, внедрены современные методы оплаты на основе конечного результата); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      6) поддержка международных финансовых институтов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) повышение конкурентоспособности на региональном рынке здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) трансферт технологий, знаний и лучшей практики через интенсивное сотрудничество с международными партнерами. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Угрозы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) дальнейшее ухудшение глобальной и региональной экономической ситуации; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) возникновение новых и возврат ранее известных инфекционных заболеваний; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) наличие природных очагов особо опасных инфекций на территории страны; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) рост неинфекционных заболеваний; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) повышение спроса на медицинские услуги; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) рост импорта медицинских услуг и товаров; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) растущие государственные и частные затраты на здравоохранение;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) устаревшие малоэффективные технологии управления; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) быстро изнашиваемая и устаревающая </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инфраструктура</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и медицинская техника; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10) неэффективное развитие и использование человеческих ресурсов отрасли; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      11) рост разочарования и неудовлетворенности населения качеством и доступностью медицинской помощи. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...466 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Цель, задачи, целевые индикаторы и показатели результатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>реализации Программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Укрепление здоровья населения для обеспечения устойчивого социально-экономического развития страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной цели будет измеряться следующим целевым индикатором:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10054" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="524"/>
+        <w:gridCol w:w="1772"/>
+        <w:gridCol w:w="1061"/>
+        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="882"/>
+        <w:gridCol w:w="828"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="460"/>
+        <w:gridCol w:w="475"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1742" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1742" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1742" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уровень ожидаемой продолжительности жизни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Официальные данные Комитета по статистике МНЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МВД, МОН, МНЭ, МСХ, МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71,62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="686" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>72,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>72,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...4 lines deleted...]
-        <w:t>және іске асыру нәтижелерінің көрсеткіштері</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Программные цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z23"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Внедрение новой политики по охране здоровья общества на основе интегрированного подхода к профилактике и управлению болезнями. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z24"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Модернизация национальной системы здравоохранения, ориентированной на эффективность, финансовую устойчивость и поддержку социально-экономического роста. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z25"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Программная цель 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внедрение новой политики по охране здоровья общества на основе интегрированного подхода к профилактике и управлению болезнями. Достижение данной цели будет измеряться следующим целевым индикатором:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10181" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="872"/>
+        <w:gridCol w:w="910"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="475"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1677" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="764" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1677" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индекс здоровья населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="764" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МВД, МОН, МНЭ, МСХ, МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Астаны, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обалстей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Для решения поставленной цели предусматривается решение следующих задач:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-        <w:t>      Осы мақсатқа қол жеткізу мына нысаналы индикаторлармен өлшенетін болады:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Задача 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Развитие системы общественного здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной задачи будет измеряться следующими показателями прямых результатов:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10422" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="-664" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="375"/>
+        <w:gridCol w:w="2137"/>
+        <w:gridCol w:w="1126"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="1437"/>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="824"/>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="605"/>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="575"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество ДТП с пострадавшими</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>абс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МВД, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19570</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18794</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18418</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смертность от травм, несчастных случаев и отравлений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МВД, МОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>87,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>87,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>84,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>82,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>79,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>77,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уровень суицидов среди детей от 15-17 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Официальные данные Комитета по статистике МНЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН, МВД, МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространенность ВИЧ-инфекции в возрастной группе 15-49 лет в пределах 0,2-0,6%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МНЭ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заболеваемость инфекциями, передаваемыми половым путем (далее </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-И</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ППП), среди детей в возрасте 15-17 лет (маркер - сифилис)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заболеваемость туберкулезом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, МНЭ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>66,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>63,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>61,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заболеваемость туберкулезом среди осужденных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 осужденных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>799,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>790,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>780,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>770,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>760,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Удержание показателя заболеваемости инфекционными и паразитарными заболеваниями на уровне не более 315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МНЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МНЭ, МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>295,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>315,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Охват граждан, занимающихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>физической культурой и спортом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ведомственная статистическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>отчетность МКС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">МКС, МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>25,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Охват детей и подростков, занимающихся физической культурой и спортом на базе детско-юношеских спортивных школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МКС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, МОН, МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространенность ожирения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>278,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>270,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>256,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>243,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>231,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>220,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля общеобразовательных учреждений, реализующих программы по профилактике наркомании и поведенческих болезней</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МОН, МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>78,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>85,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество лиц, состоящих на наркологическом учете с пагубным потреблением и зависимостью от наркотиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЗСР, МВД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>194,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>193,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>192,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>191,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>190,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>189,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Задача 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совершенствование профилактики и управления заболеваниями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной задачи будет измеряться следующими показателями прямых результатов:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="-664" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="422"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="604"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="2055"/>
+        <w:gridCol w:w="1199"/>
+        <w:gridCol w:w="1505"/>
+        <w:gridCol w:w="1472"/>
+        <w:gridCol w:w="641"/>
+        <w:gridCol w:w="837"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="697"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="377" w:type="dxa"/>
-[...215 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="559" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="377" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1726" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="841" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="739" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1063" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="559" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="559" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="377" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1726" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>73</w:t>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общая смертность населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 1000 населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Официальные данные Комитета по статистике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Материнская смертность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на 100 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>родившихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> живыми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Младенческая смертность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на 1000 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>родившихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> живыми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Официальные данные Комитета по статистике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смертность от болезней системы кровообращения (БСК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>На 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>207,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>204,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>203,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>201,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>200,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смертность от туберкулеза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ведомственная статистическая отчетность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смертность от злокачественных новообразований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 100 000 нас.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>92,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>93,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>93,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>93,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>93,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>92,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-летняя выживаемость больных </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> злокачественными новообразованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ранняя </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выявляемость</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> злокачественных новообразований (1-2 стадия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Число прикрепленного населения на 1 ВОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2194</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1954</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1791</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1672</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1577</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля финансирования ПМСП в рамках ГОБМП</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="345" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уровень потребления стационарной помощи, финансируемой в условиях ЕНСЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Число койко-дней на 1000 населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР, МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="807" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Далее по всему тексту с 2017 года - в системе ОСМС</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Программная цель 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Модернизация национальной системы здравоохранения, ориентированной на эффективность, финансовую устойчивость и поддержку социально-экономического роста.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной цели будет измеряться следующим целевым индикатором:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="-806" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="1957"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="805"/>
+        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="613"/>
+        <w:gridCol w:w="703"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="645" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уровень удовлетворенности населения качеством медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Данные социологического опроса населения (по усовершенствованной методике)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="645" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="583" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для решения поставленной цели предусматривается решение следующих задач:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-        <w:t>      Осы мақсатқа қол жеткізу мына нысаналы индикатормен өлшенетін болады:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Задача 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Повышение эффективности управления и финансирования системы здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной задачи будет измеряться следующими показателями прямых результатов:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="-664" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="396"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="687"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="1727"/>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="877"/>
+        <w:gridCol w:w="926"/>
+        <w:gridCol w:w="640"/>
+        <w:gridCol w:w="815"/>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="699"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="dxa"/>
-[...215 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1817" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="801" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1013" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1817" w:type="dxa"/>
-[...47 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доля населения, за которое ФСМС получены </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>отчисления и взносы на СМС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1379" w:type="dxa"/>
-[...76 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ведомственная статистическая отчетность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">МЗСР, МФ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1013" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>20</w:t>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соотношение средней заработной платы врачей к средней заработной плате в экономике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля медицинских организаций, имеющих высокий рейтинг по уровню менеджмента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля частных поставщиков медицинских услуг в рамках ГОБМП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1330" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-        <w:t>      Осы міндетке қол жеткізу мына тікелей нәтижелер көрсеткіштерімен өлшенетін болады:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Задача 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Повышение эффективности использования ресурсов и совершенствование инфраструктуры отрасли.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Достижение данной задачи будет измеряться следующими показателями прямых результатов:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11395" w:type="dxa"/>
+        <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
-        <w:tblInd w:w="-1231" w:type="dxa"/>
+        <w:tblInd w:w="-806" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="382"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="2048"/>
+        <w:gridCol w:w="1038"/>
+        <w:gridCol w:w="1602"/>
+        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="699"/>
+        <w:gridCol w:w="904"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="570"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="495"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...215 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ед.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(факт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(оценка)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="315"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1542" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1811" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="674" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="970" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>18418</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля врачей ПМС</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П в общем числе врачей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...283 lines deleted...]
-              <w:t>77,5</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доля выпускников резидентуры, успешно прошедших </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>независимую</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>экзаменацию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с первого раза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>16,7</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Удельный вес внедренных новых медицинских технологий от числа разрешенных к применению в РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Доля публикаций в международных рецензируемых изданиях в общем количестве международных публикаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1542" w:type="dxa"/>
-[...217 lines deleted...]
-              <w:t>0,51</w:t>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЗСР, МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9,56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="1200"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>5,3</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Доля амбулаторного лекарственного обеспечения в общем объеме лекарственного обеспечения в рамках </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ГОБМП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>57,0</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспеченность амбулаторно-поликлиническими организациями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на 10 тыс. населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...272 lines deleted...]
-              <w:t>750,0</w:t>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Охват населения электронными паспортами здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311457" w:rsidRPr="00311457" w:rsidTr="00311457">
+      <w:tr w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidTr="00CE327C">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="337" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...617 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество реализуемых проектов государственно-частного партнерства, доверительного управления и приватизации в здравоохранении</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1572" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведомственная статистическая отчетность МЗСР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗСР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> городов Алматы и Астаны, областей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...1234 lines deleted...]
-              <w:t>189,0</w:t>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="526" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE327C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
-[...10500 lines deleted...]
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Основные направления, пути достижения поставленных целей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-        <w:t>қол жеткізу жолдары және тиісті шаралар</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствующие меры</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...76 lines deleted...]
-        <w:t>      7) мемлекеттік-жекешелік әріптестік және қазіргі заманғы ақпараттық-коммуникациялық технологиялар негізінде денсаулық сақтау саласының инфрақұрылымын одан әрі дамытуды қамтамасыз ету болып табылады.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основными направлениями данной Программы являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) развитие общественного здравоохранения как основы охраны здоровья населения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) интеграция всех служб здравоохранения вокруг нужд населения на основе модернизации и приоритетного развития ПМСП; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) обеспечение качества медицинских услуг; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) реализация Национальной политики лекарственного обеспечения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) совершенствование системы здравоохранения на основе внедрения солидарности и повышения ее финансовой устойчивости;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) повышение эффективности управления человеческими ресурсами в отрасли здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) обеспечение дальнейшего развития инфраструктуры здравоохранения на основе государственно-частного партнерства и современных информационно-коммуникационных технологий. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.1. Развитие общественного здравоохранения как основы охраны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>здоровья населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...233 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.1.1. Формирование службы общественного здоровья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Укрепление и охрана здоровья населения требуют не только развития соответствующих стратегий и мобилизации ресурсов в различных сферах жизнедеятельности, но и создания устойчивой и эффективной основы для обеспечения интеграции деятельности государства, общественности и населения в этом направлении. В соответствии с лучшим международным опытом основой дальнейшего развития системы здравоохранения станет формирование СОЗ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными направлениями деятельности СОЗ станут управление общественным здоровьем, изменения в направлении поддержания здоровья и поведенческих стереотипов населения через просвещение, консультации, пропаганду, поощрение здорового образа жизни на основе межведомственного взаимодействия ПМСП с заинтересованными государственными органами (санитарно-эпидемиологической, экологической, ветеринарной служб).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными функциями СОЗ станут:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) повышение информированности населения и его вовлечение в мероприятия по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">профилактике и снижению вредного воздействия различных факторов окружающей среды, нездорового питания и поведенческих рисков; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) обеспечение эпидемиологического мониторинга за инфекционными и основными неинфекционными заболеваниями, в том числе нарушениями психического здоровья и травматизмом; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) обеспечение, координация и расширение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия, направленного на охрану и укрепление здоровья населения страны; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) обеспечение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства и других правовых норм в области охраны здоровья; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) внедрение международных систем долгосрочного моделирования и прогнозирования развития заболеваний на региональном и национальном уровнях. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Деятельность СОЗ будет тесным образом интегрирована с системой оказания медицинской помощи населению, особенно с ПМСП, специализированными научно-исследовательскими организациями и программами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На республиканском уровне будут осуществляться функции эпидемиологического мониторинга факторов риска инфекционных и неинфекционных заболеваний, а также:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) разработка и реализация государственной политики и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторальных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ, направленных на развитие общественного здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) научные исследования в области общественного здравоохранения, в том числе мероприятий по формированию здорового образа жизни; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) мониторинг состояния здоровья населения для установления проблем общественного здравоохранения и прогнозирования их динамики; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) оценка эффективности, доступности и качества услуг и программ общественного здравоохранения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках СОЗ на местном уровне будут обеспечены разработка, планирование, реализация и мониторинг мероприятий по профилактике инфекционных и неинфекционных заболеваний, в том числе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скринингов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и диспансеризации совместно с ПМСП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Одной из ключевых целей СОЗ на местном уровне станет повышение информированной ответственности населения за свое здоровье на основе рационализации питания и стимулирования здорового образа жизни, развития санитарной и физической культуры. Это будет обеспечено мероприятиями по информированию и просвещению граждан, расширению их возможностей в вопросах укрепления персонального здоровья, общественного здоровья, пропаганде правильного питания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Для этого в СОЗ будут внедряться инновационные технологии социального маркетинга на основе научно-обоснованных разработок в области поведенческой психологии и экономики, с активным вовлечением традиционных средств массовой информации и современных социальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медиаресурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сетей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Приоритетной задачей СОЗ станет активизация мероприятий по профилактике и мониторингу за основными социально значимыми неинфекционными заболеваниями (НИЗ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> борьба с НИЗ будет проводиться на основе международных апробированных технологий в соответствии с Глобальным планом действий по профилактике НИЗ и борьбе с ними на 2013-2020 годы, Рамочной конвенцией ВОЗ и Европейской стратегией по борьбе против табака, Планом действий ВОЗ в области пищевых продуктов и питания на 2015-2020 годы. Будут разработаны концепция обеспечения здорового школьного питания, усилена пропаганда потребления здоровых продуктов питания (свежих и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экологичных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, с низким содержанием жира, соли, сахара). Будет проводиться непрерывный мониторинг и надзор за факторами риска, снижения профессиональных, экологических и социальных рисков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Особое внимание будет уделяться вопросам профилактики инфекционных заболеваний на основе организации и координации всей работы по иммунопрофилактике </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>детского и взрослого населения в стране в соответствии с рекомендациями ВОЗ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данное направление возможно при взаимодействии СОЗ с уполномоченным органом в сфере санитарно-эпидемиологического благополучия населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Система общественного здравоохранения в среднесрочном периоде станет основой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия, направленного на охрану и укрепление здоровья населения. С этой целью совместно с заинтересованными государственными органами будет проведена работа по разграничению функций и полномочий в сфере охраны общественного здоровья. В результате в структуре Министерства здравоохранения и социального развития РК и управлений здравоохранения городов Астаны и Алматы, областей будут сформированы структурные подразделения, осуществляющие реализацию политики в сфере охраны общественного здоровья, что внесет весомый вклад в укрепление здоровья населения для обеспечения устойчивого социально-экономического развития страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...322 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1.2. Развитие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с международными стандартами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействие различных государственных и общественных институтов должно быть нацелено на снижение факторов риска возникновения инфекционных и неинфекционных заболеваний и предусматривать комплексные меры, направленные на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) повышение уровня образованности населения, в том числе в вопросах ведения и формирования здорового образа жизни; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) формирование новых поведенческих установок, снижающих распространенность факторов риска (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табакокурение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, злоупотребление алкоголем, низкая физическая активность); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) здоровое сбалансированное питание; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) рост числа регулярно занятых физической культурой и спортом; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) снижение дорожно-транспортных происшествий; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) создание безопасных условий труда и быта; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) обеспечение безопасных условий жилья; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) обеспечение инвалидов равным доступом к услугам здравоохранения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) обеспечение постоянного доступа к питьевой воде, уменьшение загрязнения воздуха, воды и почвы, снижение уровня шума с учетом данных мониторинга их влияния на состояние заболеваемости населения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Охрана и укрепление здоровья человека будут нацелены на профилактические мероприятия по снижению внешних и поведенческих факторов риска возникновения заболеваний и их последствий с учетом возрастных и социальных особенностей человека, которые начнутся с первых дней жизни ребенка и будут продолжены во всех возрастных периодах. Будут предприняты меры по поддержанию здорового старения, направленные на сохранение трудовой активности, перераспределение работы в течение жизни и социальную поддержку.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках развития </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия будет обеспечено проведение согласованной политики охраны и укрепления здоровья населения на всех уровнях управления, в том числе путем интеграции целей и задач данной программы с другими государственными и отраслевыми программами, стратегическими планами развития регионов и отраслей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для решения задач будут внедрены эффективные методы планирования, финансирования, механизмы взаимодействия с населением, организованными коллективами, образовательными учреждениями, сформируется система ответственности министерств за показатели деятельности по охране здоровья, интеграция служб общественного, первичного здравоохранения и социальной защиты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках совместной работы с другими секторами и ведомствами будет создана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>единая система управления факторами риска, влияющими на здоровье населения, и определена зона ответственности каждого министерства за показатели деятельности по охране здоровья.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Кроме того, совместно с местными исполнительными органами разработаны и реализованы комплексные меры по социальной мобилизации, предусматривающие внедрение механизмов взаимодействия с населением, особенно с молодежью, организованными коллективами, образовательными учреждениями для реализации программ по укреплению здоровья, а также приняты меры по передаче штатов медицинских работников школ из системы образования в систему здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Приоритетной задачей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>станут</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализация комплексных мер по охране материнства и детства, в том числе снижение детского травматизма, укрепление ментального и репродуктивного здоровья детей и молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будут определены и реализованы мероприятия, направленные на формирование физического и психического здоровья детей и подростков, обучение родителей и преподавателей распознаванию признаков неустойчивости психики, угрожающего суицидального поведения детей и подростков, тактике дальнейшей работы с ними с привлечением социальных работников, профильных служб здравоохранения (противотуберкулезная, наркологическая, психиатрическая) с представителями участковых служб МВД и других заинтересованных государственных органов (психологов и инструкторов по делам несовершеннолетних</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системы МВД и др.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут продолжены мероприятия по предупреждению ДТП путем обеспечения системности профилактики и информационной работы с населением по безопасности дорожного движения, повышению уровня соблюдения норм и правил в сфере дорожного движения, в том числе с использованием автоматических систем фиксации нарушений правил дорожного движения, устранению аварийно-опасных участков на дорогах. Будет обеспечено дальнейшее развитие системы трассовых медико-спасательных пунктов на аварийно-опасных участках дорог республики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия будет обеспечена реализация комплексных мер, направленных на обеспечение населения полноценными услугами жилищно-коммунального хозяйства (обеспечение постоянного доступа населения к питьевой воде, системам водоотведения, утилизация бытовых отходов, тепло, энергообеспечение и др.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена активная реализация мероприятий, направленных на снижение вредного воздействия факторов окружающей среды на здоровье населения, в том числе борьба с загрязнением воздуха, почвы и природных резервуаров воды. При этом будет разработана Карта рисков влияния окружающей среды на здоровье населения с последующим мониторингом здоровья населения в разрезе регионов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      СОЗ совместно с организациями ПМСП, местными исполнительными органами и работодателями будут разработаны и внедрены комплексные подходы по защите здоровья человека на рабочем месте, борьбе с профессиональными болезнями на основе современных стандартов и трансферта передовых технологий, повышению доступности и качества медицинской помощи при профессиональной патологии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одной из важнейших задач </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия станет создание условий и справедливых возможностей для рационального питания, здорового и безопасного образа жизни, включая стимулирование физической активности и пропаганду занятия спортом, в том числе работающего населения через широкое привлечение работодателей, через систему школьного образования - вовлечение детей и подростков в занятия физической культурой и спортом на базе детско-юношеских спортивных школ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут разработаны и внедрены рекомендации, проведен мониторинг и контроль качества и безопасности производимых и ввозимых пищевых продуктов, включая фальсифицированные и генетически модифицированные продукты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках межведомственной работы будет обеспечено принятие системных мер, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">направленных на уменьшение масштабов чрезвычайных ситуаций, травматизма, несчастных случаев и отравлений, насилия и преступности, в том числе с помощью надлежащего планирования инфраструктуры, нормативного регулирования и государственного контроля, включая </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оборотом алкогольной продукции и активное противодействие незаконному обороту наркотических средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет расширяться внедрение программ по профилактике наркомании и поведенческих болезней в общеобразовательных учреждениях, в том числе путем </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения инспекторов по делам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несовершеннолетних технологиям раннего выявления групп риска по наркологическому профилю среди детей и подростков, а также будут обучены сотрудники МВД (полицейские, участковые инспектора) навыкам определения степени опьянения (алкогольного, наркотического, токсического).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут продолжаться межведомственные мероприятия по снижению уровня заболеваемости и смертности от туберкулеза, в том числе в пенитенциарной системе, путем совершенствования оказания медицинской помощи больным туберкулезом и ВИЧ/СПИД в учреждениях уголовно-исполнительной системы (далее - УИС), повышение информированности всего населения и контингента пенитенциарной системы по вопросам распространения туберкулеза и ВИЧ/СПИД.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Особое внимание будет уделено профилактическим мероприятиям среди подростков и населения репродуктивного возраста по снижению распространенности ВИЧ-инфекции, профилактике заболеваемости ИППП среди детей в возрасте 15-17 лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках развития </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия будет продолжено тесное сотрудничество с международными объединениями и организациями (ВОЗ, ООН, ЮНИСЕФ, в том числе с целью продвижения и обмена опытом в них казахстанских специалистов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Долгосрочной задачей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия является поэтапная интеграция государственной политики в области здравоохранения, труда и социальной защиты, в том числе на основе общих целей, задач и индикаторов результативности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Это станет основой для формирования модели социальной медицины на основе постепенной интеграции деятельности служб общественного здравоохранения, первичного здравоохранения и социальной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...62 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2. Интеграция всех слу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...347 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жб здр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авоохранения вокруг нужд пациента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>5.2.2. Жедел және шұғыл медициналық көмекті (ЖШМК) дамыту</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>на основе модернизации и приоритетного развития ПМСП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...65 lines deleted...]
-        <w:t>      3) жету қиын жерлерде медициналық көмек көрсету, оның ішінде толыққанды медициналық көмек көрсету үшін қажетті мамандарды жеткізу арқылы көмек көрсету.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПМСП станет центральным звеном в системе организации оказания медицинской помощи населению с изменением ее взаимодействия с горизонтальными (амбулаторно-поликлинические) и вертикальными (психиатрическая, наркологическая, противотуберкулезная, онкологическая и др.) профильными службами.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет расширена медицинская помощь на уровне ПМСП с возможностью поэтапного увеличения перечня лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств дл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я бесплатного амбулаторного лечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Плановая специализированная помощь будет зависеть от потребности населения, прикрепленного к ПМСП, получат развитие службы реабилитации и длительного ухода, в том числе с привлечением частного сектора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет осуществляться дальнейшее развитие транспортной медицины, в том числе санитарной авиации, скорой медицинской помощи и телемедицины.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основой указанных мероприятий будет эффективное управление потреблением медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжатся совершенствование и внедрение стандартов организации оказания медицинской помощи, клинических протоколов, основанных на доказательной медицине, научных разработках.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2.1. Модернизация и приоритетное развитие ПМСП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Дальнейшее развитие ПМСП предусматривает углубление мер, направленных на развитие универсальной, интегрированной, социально ориентированной, доступной и качественной медицинской помощи на первичном звене.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Универсальность первичной медицинской помощи будет обеспечиваться за счет дальнейшего перехода к семейному принципу обслуживания, который будет предусматривать наблюдение за здоровьем человека в течение всей его жизни с учетом особенностей организма в каждом возрастном периоде с акцентом на профилактику.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Семейный принцип предполагает проведение профилактических, диагностических, лечебных, реабилитационных и оздоровительных мероприятий, паллиативной помощи и ухода на дому, исходя из потребности каждой семьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Семейный принцип обслуживания будет осуществляться врачами ПМСП (врач общей практики (ВОП), участковыми врачами (терапевт, педиатр) и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мультидисциплинарными</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> командами из числа узких специалистов с координацией со стороны врачей ПМСП.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По мере роста обеспеченности ВОП и их компетенций, они поэтапно будут замещать участковых врачей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      На базе действующих поликлиник/центров ПМСП будут созданы центры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>excellens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (центры лучших практик).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Комплекс мер по охране здоровья семьи будет включать меры по планированию семьи, профилактике заболеваемости, лечению и реабилитации хронических заболеваний женского, мужского населения и детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Приоритетом работы ПМСП будет оставаться укрепление здоровья матери и ребенка. ПМСП станет базовым уровнем программ регионализации медицинской помощи при различных заболеваниях, в том числе перинатальной помощи. Будут проведены мероприятия по совершенствованию организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>андрологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> службы, повышению эффективности профилактики и современного лечения заболеваний мужской репродуктивной системы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжено развитие геронтологической помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью обеспечения преемственности оказания медицинской помощи будет обеспечена полная интегрированность ПМСП с другими уровнями и службами здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Так, специалисты ПМСП будут координировать оказание медицинской помощи на всех уровнях системы здравоохранения, включая диагностику и услуги профильных специалистов, направление в стационар, реабилитацию, паллиативную помощь и уход на дому (маршрутизация). Они будут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторировать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полноту и качество предоставления услуг на всех этапах медицинской помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Также будут совершенствованы формы оказания паллиативной помощи и ухода на дому с учетом потребности семьи путем размещения госзаказа на НПО, в условиях реабилитационных центров, дневных стационаров, стационаров на дому, создания центров, отделений паллиативной помощи и т.д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжено дальнейшее развитие реабилитационного и восстановительного лечения в условиях дневного стационара.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет осуществлена тесная взаимосвязь работы специализированных служб (психиатрическая, наркологическая, противотуберкулезная, онкологическая и др.) с организациями ПМСП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжится работа по совершенствованию соответствующих стандартов оказания медицинской помощи, обеспечения ее полноты и преемственности. Будут внедряться программы интегрированного управления заболеваниями (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПУЗ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) на основе протоколов диагностики и лечения на всех уровнях и мониторинга при центральной координирующей роли работников ПМСП. Для этого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПУЗ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по трем заболеваниям (артериальная гипертония, сахарный диабет, хроническая недостаточность кровообращения) будут внедрены во всех регионах. При этом будет совершенствоваться система индикаторов в механизме финансового стимулирования ПМСП за конечный результат. Это создаст стимулы для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">переноса акцентов на раннее выявление и лечение заболеваний, снижения частоты осложнений и сокращения уровня госпитализаций, проведения эффективной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медико-социальной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реабилитации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Социальная ориентированность ПМСП будет обеспечиваться за счет интеграции работы ПМСП, служб социальной защиты и общественного здравоохранения, активного вовлечения специалистов первичного звена в мероприятия в рамках </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия по охране здоровья населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Соответственно ПМСП будет рассматриваться как служба первичной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медико-социальной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощи, включающая предоставление комплексных медицинских и социальных услуг с привлечением психологов, социальных работников, медицинских сестер, фельдшеров, акушерок и вспомогательного персонала. Во взаимодействии с органами социальной защиты будут обеспечены социальная и психологическая поддержка и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мультипрофильный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патронаж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для обеспечения максимальной доступности услуг сеть организаций ПМСП будет развиваться с учетом демографических, географических и инфраструктурных условий в регионах. Предпочтение будет отдаваться малым и компактным формам организаций, максимально приближенным к местам проживания населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С этой целью будут осуществляться:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) поэтапное разукрупнение участков ВОП; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) поддержка создания групповых и индивидуальных семейных практик; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) совершенствование оснащения ПМСП медицинской техникой, а также специальным автотранспортом*; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) дальнейшее развитие мобильной (транспортной) медицины, дистанционного наблюдения пациентов*; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) государственная поддержка развития частного сектора, малого и среднего бизнеса в системе оказания ПМСП;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) развитие государственно-частного партнерства (далее - ГЧП), сети ПМСП, передача государственных объектов в доверительное управление с возможностью последующей приватизации при условии постоянного сохранения профиля деятельности. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью повышения качества ПМСП будут приняты меры по обеспечению и стимулированию полноценного свободного выбора организации и врача ПМСП, в том числе обеспечению простоты и прозрачности прикрепления населения к организациям ПМСП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью улучшения качества обслуживания, снижения очередности и перегруженности персонала будет совершенствоваться управление организациями ПМСП на основе улучшения операционного менеджмента, создания региональных и локальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>call</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-центров, внедрения записи на прием к врачу через Интернет, современных технологий управления очередями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут проводиться мероприятия по развитию кадрового потенциала ПМСП, оптимизация должностных инструкций и квалификационных требований для обеспечения приоритетности, эффективности и привлекательности ПМСП в системе здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Подготовка ВОП по новым государственным стандартам высшего образования заложит основы формирования специалистов широкого профиля, владеющих современными знаниями, практическими, коммуникативными навыками и умением работать в команде. При этом будет усилено теоретическое и практическое обучение ВОП по профилактике, диагностике и лечению заболеваний детского возраста.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках развития ПМСП некоторые функции по наблюдению за пациентами, управлению хроническими заболеваниями, а также обслуживанию пациентов на дому будут поэтапно передаваться специально подготовленным медицинским сестрам общей практики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Обучение средних медицинских работников (далее - СМР) будет проводиться с учетом приоритетности ПМСП, ее многофункциональности и универсальности, что потребует от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>СМР большей самостоятельности, чем в других секторах здравоохранения. Стандарты обучения СМР также будут приведены в соответствие с разработанными профессиональными стандартами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Для обеспечения устойчивого развития ПМСП, повышения ее полноты и привлекательности будут совершенствоваться мотивационные механизмы привлечения специалистов, будет поэтапно расширяться перечень лекарственных средств, обеспечиваемых государством на амбулаторном уровне. Будут обеспечены дальнейшее развитие ключевых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>скрининговых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ по раннему выявлению заболеваний с наибольшим бременем воздействия на здоровье населения, а также постоянный мониторинг и оценка их эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...211 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2.2. Развитие скорой и неотложной медицинской помощи (СНМП)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будут продолжены обеспечение преемственности и вовлечение организаций ПМСП в оказание СНМП с целью обеспечения полноты и качества медицинской помощи населению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет обеспечено внедрение международных стандартов деятельности СНМП на основе укрепления практических навыков и внедрения стандартизованных алгоритмов неотложной медицинской помощи в условиях транспортировки пациентов с поэтапным переносом дифференцированной медицинской помощи на стационарный уровень. С этой целью будут пересмотрены нормативы кадрового оснащения СНМП, разработаны и внедрены образовательные программы на основе международных стандартов и созданы центры подготовки кадров для всех уровней здравоохранения, включая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парамедиков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, при этом будут приняты меры по повышению их роли в оказании доврачебной помощи. Будет продолжено обеспечение населения республики медицинской помощью в форме санитарной авиации в рамках ГОБМП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет разработана и начата реализация мероприятий по дальнейшему развитию системы медицинской воздушной транспортировки (санитарной авиации) на основе ГЧП. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Привлечение негосударственных источников финансирования обеспечит эффективную реализацию нескольких основных задач:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) оказание СНМП на месте происшествия и транспортировка пациентов в стационары в экстренных случаях и ЧС; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перетранспортировка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пациентов между уровнями оказания медицинской помощи; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) оказание медицинской помощи в труднодоступных местах, в том числе путем доставки необходимых специалистов для оказания полноценной медицинской помощи. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2.3. Развитие специализированной медицинской помощи (СМП)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...147 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>с интеграцией всех слу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жб здр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      С учетом текущего состояния здоровья населения и прогнозируемого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>роста неинфекционных заболеваний</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматриваются разработка и поэтапное внедрение интегрированной модели организации медицинской помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данная модель будет охватывать основные социально значимые, неинфекционные заболевания и состояния, существенно влияющие на демографию населения страны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) острый инфаркт миокарда; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) острое нарушение мозгового кровообращения (инсульт); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) злокачественные новообразования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) травмы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) беременность и родовспоможение. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По каждому блоку на основе рекомендованных международными профессиональными организациями клинических руководств и протоколов будут разработаны и начата реализация планов действий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ActionPlan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), в рамках которых будут определены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>планируемые показатели здоровья населения и ключевые мероприятия, необходимые для их достижения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках этой модели будут разработаны и реализованы стандарты предоставления интегрированной медицинской помощи, направленные на обеспечение ее полноты, качества и преемственности на всех уровнях системы здравоохранения на основе координирующей роли ПМСП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом оказание медицинской помощи на уровне стационара будет проводиться по принципу регионализации в зависимости от сложности оказываемой медицинской технологии. Услуги здравоохранения, требующие сложных технологических установок и специалистов с высокой квалификацией, будут централизованы с созданием на межрайонном, региональном, межобластном и республиканском уровнях соответствующих центров. Вместе с тем, услуги здравоохранения, для которых не нужны сложные технологические установки, будут децентрализованы и оказываться в организациях здравоохранения ближе к месту жительства пациента. Население Республики Казахстан будет обеспечено качественными компонентами и препаратами донорской крови.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Это предполагает разработку и внедрение прозрачных и рациональных механизмов маршрутизации движения пациентов с целью повышения качества услуг, снижения времени ожидания, исключения назначения необоснованных методов диагностики и лечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лечение больных в отечественных клиниках будет обеспечено, в том числе и с привлечением зарубежных специалистов с использованием мастер-классов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме того, для реализации этих мероприятий будут продолжены разработка и внедрение:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) клинических протоколов диагностики и лечения, основанных на принципах доказательной медицины, для всех уровней организаций здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) стандартов организации деятельности профильных служб; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) профессиональных стандартов для медицинских работников; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) технологий мониторинга, управления и координации мероприятий.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут усилены роль и ответственность республиканских клиник, научных центров и научно-исследовательских институтов в части мониторинга, обеспечения преемственности, эффективности и качества оказания медицинской помощи на всех уровнях ее оказания в рамках их профиля.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью технологической поддержки интеграции деятельности ПМСП и СМП будет осуществляться развитие ИКТ, телемедицины и систем удаленного беспроводного мониторинга отдельных категорий пациентов. Для обеспечения преемственности будут повсеместно созданы локальные и региональные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>call</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - центры для разъяснения, консультирования, регистрации и мониторинга пациентов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью дальнейшего стимулирования трансферта передовых медицинских технологий, а также повышения доступности, полноты и качества медицинской помощи, с одной стороны, и обеспечения финансовой устойчивости системы здравоохранения, с другой стороны, будет проведен всесторонний анализ и выработаны новые подходы к дальнейшему развитию специализированной медицинской помощи, включая высокотехнологичные услуги, на основе клинических протоколов. Будет обеспечено активное развитие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медико-социальной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реабилитации больных с различной патологией на основе стандартизации услуг, развития инфраструктуры организаций и системной подготовки специалистов для этого вида медицинской помощи. При этом будут разработаны и внедрены меры государственной поддержки и стимулирования развития частного сектора и ГЧП в этой сфере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...62 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3. Обеспечение качества медицинских услуг </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...62 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.3.1. Стандартизация и управление качеством медицинской помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основой для эффективного повышения качества и безопасности медицинской помощи станет система управления качеством на основе стандартизации всех производственных процессов в медицинских организациях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для стандартизации клинических процессов продолжатся разработка и совершенствование клинических протоколов диагностики и лечения заболеваний на основе внедрения наиболее эффективных и современных технологий и достижений медицинской науки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Разработка клинических протоколов диагностики и лечения будет осуществляться на основе системы оценки медицинских технологий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) с привлечением профессиональных объединений медицинских работников. В основе этой системы будут обеспечены организация и проведение специальных аналитических, клинико-экономических и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фармако</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-экономических исследований с целью определения целесообразности внедрения и применения отдельных медицинских технологий и лекарственных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Стандарты остальных, неклинических производственных процессов (не связанных непосредственно с лечением конкретных заболеваний) будут разрабатываться в рамках требований для аккредитации медицинских организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для обеспечения максимальной клинической и экономической эффективности, а также безопасности медицинских технологий будет усовершенствован процесс внедрения новых технологий и лекарственных средств в медицинскую практику. Внедрение и мониторинг эффективности стандартов качества будут обеспечены центральным и местными исполнительными органами в области здравоохранения, в том числе путем обучения медицинских работников, дополнительного оснащения медицинских организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основой локальных систем управления качеством станут службы внутреннего аудита медицинских организаций. Их деятельность будет построена на внедрении единой системы управления рисками и регулярном аудите клинических процессов с привлечением института независимых медицинских экспертов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внедрения международных подходов обеспечения безопасности пациентов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет рассмотрен вопрос внедрения национальной системы учета и анализа медицинских ошибок на основе применения конфиденциального аудита.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет обеспечено повышение ответственности медицинских работников и организаций за нарушение утвержденных стандартов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для обеспечения качества и отзывчивости системы здравоохранения будет разработана и внедрена национальная программа развития медицинской этики и коммуникативных навыков медицинских работников с широким вовлечением общественности, образовательных организаций, профессиональных объединений и средств массовой информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом будет обеспечиваться прозрачность деятельности и результатов медицинских работников и организаций; будет внедрено обязательное опубликование результатов производственной деятельности организациями здравоохранения в СМИ, а также результатов социологических исследований уровня удовлетворенности населения качеством медицинских услуг, проводимых независимыми организациями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Новым институциональным механизмом по повышению качества медицинских услуг станет создание консультативно-совещательного органа при МЗСР - Объединенной комиссии по качеству медицинских услуг, деятельность которой будет направлена на выработку рекомендаций по совершенствованию клинических протоколов, стандартов медицинского образования, лекарственного обеспечения, стандартов системы контроля качества и доступности услуг в области здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В состав комиссии войдут представители всех заинтересованных сторон системы здравоохранения, включая представителей государственных органов, общественных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организаций, профессиональных объединений медицинских работников, международных экспертов и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-        <w:t>мен медициналық техниканың қолжетімділігін қамтамасыз ету</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.2. Развитие аккредитации и лицензирования в здравоохранении</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...76 lines deleted...]
-        <w:t>      Сондай-ақ, амбулаториялық деңгейде дәрілік заттармен тегін қамтамасыз етуді (АДҚ) кеңейту шеңберінде азаматтардың мұндай дәрілік заттардың құны мен өтеудің белгіленген шекті бағасындағы айырманы бірлесіп төлеуінің негізінде халықтың неғұрлым қымбат препараттарды таңдау мүмкіндігі қаралатын болады.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Устойчивое повышение качества медицинских услуг будет обеспечиваться также посредством развития аккредитации поставщиков медицинских услуг на предмет соответствия национальным стандартам качества и безопасности в области здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для развития данного института требования к национальной аккредитации будут приведены в полное соответствие с международными стандартами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена работа по совершенствованию стандартов аккредитации организаций здравоохранения для определения соответствия отдельных медицинских услуг установленным требованиям и стандартам в области здравоохранения. Это снизит риски некачественного оказания услуг в неподготовленных организациях, а также перегрузки стационаров чрезмерным количеством пациентов с несложной патологией, которые могут быть пролечены в стационаре нижестоящего уровня или дневном стационаре. При этом национальный орган по аккредитации в сфере здравоохранения пройдет международную аккредитацию в области обеспечения качества и будет поэтапно передан в форму саморегулируемой организации. Для развития глобальной конкурентоспособности будет поддерживаться аккредитация отечественных медицинских организаций другими признанными международными организациями в области качества медицинских услуг, в том числе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Joint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (JCI). С целью стимулирования медицинских организаций к прохождению аккредитации будут внедрены различные стимулы. Параллельно будут развиваться обучающие программы по подготовке специалистов аккредитации. Будет изучен вопрос трансформации обязательной сертификации медицинских работников в институт обязательного лицензирования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для проведения оценки компетенций медицинских работников и выпускников медицинских вузов и колледжей будут развиваться соответствующие специализированные центры независимой оценки компетенций. В целом будет поддерживаться, в том числе путем аккредитации, передачи полномочий, развитие национальных профессиональных объединений медицинских работников на основе выборности органов управления, добровольности участия, прозрачности и этичности деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными целями аккредитованных профессиональных объединений станут развитие соответствующих направлений медицинской науки и практики, укрепление профессиональных компетенций специалистов и улучшение качества медицинской помощи населению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.4. Реализация Национальной лекарственной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целях обеспечения высокого качества и безопасности медицинской помощи, финансовой устойчивости системы здравоохранения, развития отечественного фармацевтического производства будет реализована Национальная лекарственная политика (далее - НЛП).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Развитие фармацевтической отрасли определяется Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЛП в сф</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ере обращения лекарственных средств, изделий медицинского назначения и медицинской техники, основанной на принципах доступности, качества, эффективности и безопасности лекарственных средств, которая будет направлена на создание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пациентоориентированной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модели лекарственного обеспечения с учетом современных требований системы здравоохранения, казахстанского общества, фармацевтических рынков в условиях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.4.2. Дәрілік заттардың, медициналық мақсаттағы бұйымдар мен</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+        <w:t>происходящих интеграционных процессов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Реализация НЛП предусматривает разработку, исполнение и мониторинг эффективности комплекса мероприятий для реализации следующих ключевых задач:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) обеспечение доступности лекарственных средств; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) обеспечение качества и безопасности лекарственных средств; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечение рационального применения лекарственных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...92 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.4.1. Обеспечение доступности лекарственных средств,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>изделий медицинского назначения и медицинской техники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Доступность лекарственных средств будет обеспечиваться комплексной системой отбора лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств дл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я разрешения дальнейшего использования на территории Республики Казахстан и стран ЕАЭС.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В этих целях будет усовершенствована система государственной регистрации лекарственных средств, изделий медицинского назначения и медицинской техники, упрощены процедуры регистрации для лекарств, произведенных по стандартам надлежащей производственной практики (далее - GMP).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью обеспечения экономической и физической доступности лекарственных средств, изделий медицинского назначения и медицинской техники в государственных организациях здравоохранения будут совершенствоваться механизмы закупа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для повышения доступности лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств дл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я населения в отдаленных районах будет развиваться система мобильных передвижных аптечных пунктов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью повышения доступности, снижения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>импортозависимости</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и обеспечения финансовой устойчивости системы здравоохранения будут </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказываться системные меры</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной поддержки обращению лекарственных средств, изделий медицинского назначения и медицинской техники отечественного производства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут реализованы комплексные меры по обеспечению экономической доступности лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств дл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут внедрены эффективные механизмы сдерживания роста государственных затрат путем совершенствования государственного регулирования цен на лекарственные средства с использованием лучшего мирового опыта, основанного на внешнем и внутреннем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>референтном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ценообразовании, совершенствовании планирования системы закупа лекарственных средств и их рационального использования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Также, в рамках расширения бесплатного обеспечения лекарственными средствами на амбулаторном уровне (A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O) будет рассмотрена возможность выбора населением более дорогостоящих препаратов на основе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сооплаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданами разницы в стоимости этих лекарственных средств и установленной предельной ценой возмещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...91 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.4.2. Обеспечение качества и безопасности лекарственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>средств, изделий медицинского назначения и медицинской техники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будут приняты меры по внедрению системы обеспечения качества лекарственных средств путем внедрения надлежащих фармацевтических практик (далее - GXP).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Производство отечественных лекарственных средств, качество логистики и хранения лекарственных средств будут обеспечены обязательным переходом в 2018 году на стандарты GMP и надлежащей дистрибьюторской практики (далее - GDP).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут созданы и оснащены </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>референс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-лаборатории, отвечающие международным требованиям в области экспертизы качества лекарственных средств, изделий медицинского назначения и медицинской техники.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Обеспечение качества и безопасности лекарственных средств будет также обеспечиваться проведением клинических испытаний по стандартам надлежащей клинической практики (далее - GCP). Будет разработан комплекс мер по поддержке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проведения клинических испытаний новых лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств в Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублике Казахстан с целью повышения качества лекарственных средств, а также повышению научного и технического потенциала клинических баз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С целью контроля соответствия вышеуказанным стандартам будет развиваться государственный фармацевтический инспекторат для оценки соответствия объектов в сфере обращения лекарственных средств и организаций здравоохранения надлежащим фармацевтическим практикам, проведения инспекций производств, доклинических и клинических исследований, системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фармаконадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с проведением постоянного обучения. Будет завершено вступление Казахстана в Международную систему сотрудничества фармацевтических инспекций (далее - PIC/S).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет осуществлено вступление Казахстана в систему сертификации ВОЗ для выхода отечественных производителей лекарственных средств на внешний рынок и выдачу сертификата СРР.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Также будет осуществлены гармонизация международных стандартов GS1, обучение руководителей и специалистов в области здравоохранения по автоматической идентификации в международной системе GS1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут приняты меры по повышению эффективности государственного регулирования обращения и обеспечения качества и безопасности лекарственных средств, изделий медицинского назначения и медицинской техники.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В законодательном порядке будут усилены полномочия и ответственность государственных органов в сфере обеспечения качества и безопасности лекарственных средств и медицинских изделий, применяемых на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.4.3. Обеспечение рационального применения лекарственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>5.5.1. Міндетті әлеуметтік медициналық сақтандыруды енгізу</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>средств, изделий медицинского назначения и медицинской техники</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...66 lines deleted...]
-        <w:t>      МӘМС жүйесі жұмыс істейтін халықтың, жұмыс берушілер мен өзін-өзі жұмыспен қамтыған халықтың аударымдары негізінде құрылатын болады. «Міндетті әлеуметтік медициналық сақтандыру туралы» Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основой для обеспечения рационального применения лекарственных средств, изделий медицинского назначения и медицинской техники станет дальнейшее развитие доказательной медицины.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С этой целью будут продолжены развитие и совершенствование формулярной системы путем внедрения и поддержания Казахстанского национального лекарственного формуляра (далее - КНФ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лекарственные формуляры организаций здравоохранения будут формироваться на основе КНФ, постоянно совершенствоваться на основе регулярного проведения мониторинга и оценки эффективности применения в отношении отдельных, наиболее дорогостоящих лекарственных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В организациях здравоохранения будут обеспечены полноценный мониторинг и анализ рационального применения лекарственных средств с учетом клинико-экономического анализа расходования финансовых средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут реализованы меры по обеспечению медицинских организаций специалистами по клинической фармакологии. Для обеспечения устойчивости НЛП будет разработана и реализована полномасштабная программа обучения специалистов медицинских организаций рациональному использованию лекарственных средств независимо от формы собственности организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут внедрены этические нормы продвижения лекарственных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств с п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>овышением ответственности всех участвующих сторон.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут проводиться мероприятия по повышению лекарственной грамотности медицинских и фармацевтических работников и населения через Лекарственный информационный центр, который будет преобразован в Центр рационального использования лекарственных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для эффективной реализации вышеуказанных мер будут проанализированы и пересмотрены задачи и функции уполномоченного органа в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.5. Совершенствование системы здравоохранения на основе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>внедрения солидарности и повышения ее финансовой устойчивости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.5.1. Внедрение обязательного социального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>медицинского страхования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Устойчивость системы здравоохранения в значительной степени связана с эффективной системой финансирования, которая предполагает адекватный уровень средств, направляемых на здравоохранение, их справедливое распределение и рациональное использование.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дальнейшее развитие системы здравоохранения предполагает формирование трехуровневой системы предоставления медицинской помощи, где ответственность за здоровье граждан распределяется между государством, работодателями и работниками, при этом:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) первый уровень представляет базовый пакет или ГОБМП, финансируемый за счет республиканского и местных бюджетов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) второй уровень будет включать в себя дополнительный пакет или перечень медицинской помощи в системе обязательного медицинского страхования в соответствии с действующим законодательством Республики Казахстан, финансируемый за счет взносов государства, отчислений работодателей, работников и иных поступлений, не запрещенных законодательством Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) третий уровень будет предусматривать индивидуальный пакет или перечень услуг, определяемый на добровольной договорной основе между страховыми компаниями и плательщиками взносов, финансируемых за счет добровольных отчислений граждан или работодателей в пользу своих работников. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью развития солидарности населения и работодателей в устойчивом развитии и повышении эффективности национальной системы здравоохранения, а также устранения финансовых рисков вследствие растущих государственных и частных затрат на здравоохранение будет внедрена система обязательного социального медицинского страхования (далее - ОСМС).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Система ОСМС будет построена на отчислениях работающего населения, работодателей и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самозанятого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> населения. За отдельные категории граждан, предусмотренные в Законе Республики Казахстан «Об обязательном социальном медицинском страховании», взносы будут оплачиваться государством из средств республиканского бюджета. При этом будет проведено разграничение обязательств между ФСМС и государственными органами по обеспечению медицинской помощью отдельных категорий граждан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В систему ОСМС будут переданы все основные медицинские услуги, характеризующиеся стабильной потребностью и потреблением, управляемостью и прогнозируемостью, т.е. комплекс услуг, не несущий выраженного финансового риска внезапного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сверхпотребления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом государство сохранит за собой обязательства по финансированию ГОБМП, т.е. базового пакета медицинских услуг, включающего: услуги скорой помощи и санитарной авиации, вакцинации, медицинскую помощь при некоторых социально значимых заболеваниях (туберкулез, ВИЧ, наркология и психиатрия), стационарной помощи по экстренным показаниям и до 2020 года амбулаторно-поликлинической помощи для лиц, не имеющих права на медицинскую помощь в системе обязательного социального медицинского</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страхования в соответствии с </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00311457">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңында</w:t>
+          <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан «Об обязательном социальном медицинском страховании».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом внедрение ОСМС будет сопровождаться доведением финансирования системы здравоохранения РК до стандартов ОЭСР на основе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приоритезации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующих направлений расходов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>наркология және психиатрия) кезіндегі медициналық көмекті, шұғыл көрсетімдер бойынша стационарлық көмекті және 2020 жылға дейін «Міндетті әлеуметтік медициналық сақтандыру туралы» Қазақстан Республикасының </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+        <w:t xml:space="preserve">      1) развитие службы общественного здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) на уровне ПМСП - увеличение числа ВОП и расширение амбулаторного лекарственного обеспечения**; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) программное повышение заработных плат медицинских работников**; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) расширение услуг по реабилитации, паллиативной помощи и сестринского ухода;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) увеличение расходов на непрерывное дополнительное медицинское образование; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) включение в тарифы затрат на обновление основных средств*. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках развития системы ОСМС будет создан Фонд социального медицинского страхования (ФСМС), который будет аккумулировать отчисления и взносы на обязательное медицинское страхование от участников системы и выступит в качестве единого плательщика за оказание медицинских услуг.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут усовершенствованы механизмы регулирования допуска на оказание медицинских услуг в системе ГОБМП и ОСМС. Поставщики медицинских услуг вне зависимости от формы собственности будут иметь возможность участвовать в системе ОСМС. Отбор поставщиков медицинских услуг для заключения договоров будет осуществляться с учетом критериев доступности, качества и эффективности оказания медицинской помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут введены учет и мониторинг отчислений и взносов в Фонд социального медицинского страхования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет изучена необходимость введения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сооплаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для мотивации к снижению потребления медицинских услуг, но без существенного увеличения финансового бремени болезней для населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вышеперечисленные мероприятия будут сопровождаться активной информационно-разъяснительной работой с населением и медицинскими работниками. Будут разработаны механизмы обратной связи с населением, в том числе создан отдел по обработке обращений населения в форме структурной единицы ФСМС либо вне его. На регулярной основе будут проводиться мониторинг и оценка эффективности деятельности системы ОСМС. Внедрение практики публичной отчетности позволит повысить открытость системы здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.5.2. Совершенствование тарифной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основой эффективной деятельности ОСМС станет ясная и прозрачная тарифная и контрактная политика во взаимоотношениях с поставщиками различных медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут совершенствоваться механизмы планирования, формирования и реализации тарифной политики на основе прозрачности, социальной ориентированности, единой инвестиционной политики и механизмов управления затратами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      На амбулаторном уровне будет развиваться система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подушевого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> финансирования со стимулирующим компонентом, будет изучено формирование комбинированных тарифов услуг для обеспечения комплексности и преемственности медицинских услуг в интересах пациентов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках внедряемой концепции управления болезнями в некоторых случаях также будут рассмотрены тарифы с объединением всех уровней оказания медицинской помощи: от ПМСП до стационарного лечения и последующей реабилитации, особенно в случаях применения дорогостоящих технологий диагностики и лечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На стационарном уровне также будут совершенствоваться тарифы на основе клинико-затратных групп с учетом международных практик их расчета.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтапно на основе информатизации учета расходов и внедрения электронных историй болезней будет внедрена система мониторинга затрат в медицинских организациях. Это позволит значительно повысить прозрачность и эффективность тарифной политики на основе фактических затрат.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      С целью повышения финансовой устойчивости субъектов здравоохранения, участвующих в оказании услуг ОСМС, в тарифы на медицинские услуги будут поэтапно включены расходы на обновление основных средств*. Это повысит привлекательность сектора для привлечения частных инвестиций и развития ГЧП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Процесс разработки и утверждения тарифов будет прозрачным с привлечением представителей рынка, поставщиков медицинских услуг, общественности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внедрение ОСМС потребует разработки и внедрения более эффективных и прозрачных механизмов контроля и управления объемами потребляемых медицинских услуг. Совместно с местными исполнительными органами будет продолжена политика недопущения необоснованного роста общей коечной мощности стационарных медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тарифная политика будет направлена на стимулирование частных инвестиций и ГЧП. С этой целью будут изучены и предложены соответствующие методы формирования тарифов на медицинские услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом будут совершенствованы механизмы планирования и контроля объемов медицинских услуг в рамках ОСМС на основе рыночных принципов свободного выбора гражданами поставщиков медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.5.3. Повышение роли местных исполнительных органов в охране</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и укреплении здоровья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Процессы децентрализации государственного управления, повышение роли органов местных исполнительных органов (далее - МИО) неразрывно связаны с участием органов местного государственного управления в решении вопросов по охране и укреплению здоровья населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой связи совместно с МИО будут изучены, определены и обеспечены:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) региональные приоритеты в области охраны и укрепления здоровья населения на уровне местных исполнительных органов и дополнительные источники финансирования для реализации местных социальных программ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) роль и обязанности МИО в развитии эффективного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействия по реализации комплексных мер, направленных на профилактику и снижение вредного воздействия факторов внешней среды и поведенческих рисков на здоровье населения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) потребности в развитии инфраструктуры регионального здравоохранения, в том числе потребности государственных объектов здравоохранения в капитальных инвестициях; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) планирование и выделение в местных бюджетах достаточных средств на развитие и поддержание сети объектов здравоохранения, в том числе по механизмам ГЧП; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) потребности региональных систем здравоохранения в человеческих ресурсах, а также разработка и реализация региональных политик по управлению человеческими ресурсами, в том числе механизмов солидарной ответственности МИО за подготовку и переподготовку медицинских работников с высшим и средним образованием;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) внедрение социальных, финансовых и материальных стимулов для поддержки работников здравоохранения на местном уровне с соответствующими источниками финансирования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) усиление роли местных исполнительных органов в управлении отраслью на основе внедрения корпоративного управления в медицинских организациях на региональном уровне; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) внедрение единых правил назначения менеджеров - руководителей организаций здравоохранения в строгом соответствии с их профессиональной компетентностью, опытом работы, практическими навыками в управлении; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) установление солидарной ответственности региональных организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>здравоохранения вне зависимости от ведомственной принадлежности и источников финансирования за показатели здоровья населения региона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.5.4. Развитие лидерства и современного менеджмента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в системе здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нормативной правовой основой дальнейшего повышения эффективности управления государственными организациями здравоохранения в современных условиях станет развитие операционной автономности этих организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Это позволит создать прогрессивные мотивации у менеджеров и работников медицинских организаций для стабильного развития производства и повышения качества услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет рассмотрена возможность направления полученной прибыли государственными предприятиями на развитие самой организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут разработаны предложения по совершенствованию системы корпоративного управления в сфере здравоохранения путем расширения полномочий наблюдательных советов и внедрения коллегиальных исполнительных органов (правление).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Кроме того, в целях совершенствования управления медицинскими организациями и развития инфраструктуры здравоохранения предусматриваются оптимизация путем объединения медицинских организаций по профилям, а также создание университетских клиник с участием вузов в корпоративном управлении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках дальнейшего совершенствования механизмов управления в здравоохранении будут приняты меры по развитию лидерства и навыков профессионального менеджмента на основе разработки и внедрения новых функциональных и квалификационных требований к руководителям, стимулированию и поддержке обучения менеджмента клиники, в том числе по программам MBA.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтапно для всех государственных организаций здравоохранения будет введено обязательное квалификационное требование наличия сертификата менеджера здравоохранения для всех работников руководящего звена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут разработаны методики по внедрению современных механизмов мотивации и оплаты труда управленческого аппарата (бонусная система) на основе установления и достижения ключевых показателей результативности (КПР).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Для повышения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>затратоэффективности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления будет предусмотрено поэтапное внедрение современных ресурсосберегающих технологий в амбулаторных и стационарных организациях: технологии операционного менеджмента, технологии бережливого производства (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Lean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), оптимальные механизмы финансирования, инновационные медицинские и немедицинские технологии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут разработаны программы аутсорсинга клинических, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>параклинических</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и немедицинских служб, в том числе лабораторий, радиологических служб, отдельных клинических сервисов (лаборатории катетеризации сосудов, гемодиализ и др.) на основе ГЧП. При этом оплата за услуги аутсорсинга будет осуществляться на основе индикаторов качества этих услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках внедрения госпитальных информационных систем будут внедряться эффективные информационные технологии и программы для ведения раздельного учета затрат на уровне подразделений, а в последующем - на уровне каждого пациента.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут проведены аналитические исследования и разработаны прогнозы и рекомендации по развитию макроэкономики здравоохранения страны и региона в условиях глобализации рынков медицинской индустрии, интеграции Казахстана в региональные и глобальные экономические союзы (ЕЭП, ШОС и др.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут разработаны меры государственной поддержки и развития медицинского туризма, лечения за рубежом и экспорта медицинских услуг отечественными организациями здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.6. Повышение эффективности управления человеческими ресурсами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в отрасли здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.6.1. Стратегическое управление человеческими ресурсами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственное регулирование рынка труда в системе здравоохранения будет построено на разработке и реализации единых политик и программ по управлению человеческими ресурсами с целью качественной подготовки и адекватного распределения медицинских работников в соответствии с нуждами населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью обеспечения устойчивого развития системы здравоохранения будет осуществляться стратегическое управление человеческими ресурсами (УЧР) отрасли. Это подразумевает синхронизацию программ УЧР со стратегическими целями развития отрасли: развитием общественного здравоохранения, интеграцией здравоохранения вокруг нужд населения на основе приоритетности ПМСП, модернизацией медицинского и фармацевтического образования, развитием инноваций и медицинской науки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут совершенствоваться система определения потребности, учета и планирования кадровых ресурсов здравоохранения, улучшаться эффективность и доступность кадровых ресурсов здравоохранения, развиваться система независимой оценки знаний и навыков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными принципами УЧР должны быть определены:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) наличие (доступность) необходимых человеческих ресурсов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) надлежащая компетенция работников; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) отзывчивость человеческих ресурсов на запросы населения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) продуктивность человеческих ресурсов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В соответствии с этими принципами будут разработаны и внедрены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>национальная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, региональные и корпоративные политики и программы УЧР, которые будут основаны на следующих этапах управления:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1. Планирование потребности в человеческих ресурсах. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На регулярной основе будет проводиться анализ количественной и качественной обеспеченности отрасли человеческими ресурсами, анализ и оценка рынка труда в отрасли.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В последующем будут определяться общая потребность в ЧР на соответствующих уровнях здравоохранения, а также структура требуемых специальностей и квалификаций (врачи, медицинские сестры, младший медицинский персонал, административные работники, медицинские инженеры и т.д.) в соответствии со стратегией развития отрасли, региона и организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом акценты будут смещены от необходимости применения устаревших штатных нормативов и стандартов к возможности гибкого планирования человеческих ресурсов и трудозатрат в соответствии с применяемыми технологиями, стандартизованными операционными процедурами и потребностями пациентов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут пересмотрены подходы к определению функциональных обязанностей и квалификационных требований к персоналу: вместо чрезмерной детализации акценты будут смещены на необходимость соответствия общим требованиям и способности к обучению и развитию новых компетенций в соответствии с меняющимися внешними условиями труда с новыми технологиями и стандартами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В частности, должностные инструкции работников первичного звена будут пересмотрены в рамках внедрения интегрированной модели организации медицинской помощи. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В национальной и региональных политиках УЧР будут предусмотрены повышение роли ВОП и медицинских сестер, расширение функционала работников отдельных служб здравоохранения (например, службы общественного здравоохранения, медицинской реабилитации и др.).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В целом будет осуществляться поэтапное расширение компетенций среднего медицинского персонала параллельно с изменением стандартов их образования и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>переподготовки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут выработаны четкие требования к минимальному уровню подготовки и компетенций технического и младшего медицинского персонала, включая обязательное владение минимальным объемом необходимых навыков (например, обязательное владение навыками оказания первой медицинской помощи).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Наем работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтапно будет внедрен принцип поиска и отбора кадров на конкурсной и коллегиальной основе, в первую очередь, работников руководящего звена, управленческого и финансового аппарата.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. Повышение производительности труда. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут разработаны принципы и механизмы адаптации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>менторства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (шефства) в медицинских организациях, особенно для молодых специалистов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут совершенствоваться механизмы мотивации и оплаты труда работников системы здравоохранения, в том числе специалистов санитарно-эпидемиологического профиля, с учетом рыночных принципов, адекватной оценки стоимости трудозатрат при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарифообразовании</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ориентированности на достижение целевых показателей результативности, предоставления мер социальной поддержки работникам системы здравоохранения, в том числе специалистам санитарно-эпидемиологического профиля, особенно молодым специалистам сельской местности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В качестве нематериальной мотивации также будут активно применяться различные механизмы: предоставление возможности обучения за счет работодателя, обеспечение непрерывного карьерного и профессионального роста, поддержание благоприятной организационной культуры, безопасности и удобства рабочих мест.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершенствоваться</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и развиваться система непрерывного профессионального развития специалистов системы здравоохранения, которая будет интегрирована со стратегическими целями развития организаций, обеспечена адекватным финансированием.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С этой целью будут разрабатываться стандарты непрерывного профессионального образования в тесной взаимосвязи с системой независимой оценки компетенций медицинских работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4. Миграция, перепрофилирование. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На основании регулярного мониторинга, прогнозирования и планирования развития человеческих ресурсов будут реализовываться меры государственной поддержки перепрофилирования и перераспределения кадров по требующимся специальностям и службам, в том числе бесплатное обучение новым компетенциям, другие меры материального и нематериального стимулирования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут внедрены механизмы управления миграцией медицинских работников на локальных и региональных рынках трудовых ресурсов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом процессов региональной и глобальной экономической интеграции будут усовершенствованы правила и порядок привлечения иностранной рабочей силы на отечественный рынок труда в сфере здравоохранения, в том числе меры по упрощению привлечения иностранных специалистов по остродефицитным специальностям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5. Укрепление здоровья, безопасность и выход на пенсию. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет разработан комплекс мер по обеспечению благоприятных и безопасных условий труда медицинских работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6. Мониторинг и прогнозирование. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью обеспечения эффективного мониторинга и прогнозирования развития рынка труда и человеческих ресурсов, внедрения современных методов управления и планирования подготовки кадров в здравоохранении будет обеспечено дальнейшее развитие Национальной обсерватории кадровых ресурсов здравоохранения как институциональной основы с широким спектром задач.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет разработан профессиональный регистр кадровых ресурсов здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.6.2. Модернизация медицинского образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основой системы непрерывного профессионального развития кадровых ресурсов системы здравоохранения станет Национальная рамка квалификаций, формирование которой предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) совершенствование подходов к отбору и приему абитуриентов в организации медицинского и фармацевтического образования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) оптимизацию перечня медицинских и фармацевтических специальностей, пересмотр принципов и механизмов формирования статистики по кадровым ресурсам здравоохранения в соответствии с Европейскими директивами по признанию квалификаций;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) разработку профессиональных стандартов в области здравоохранения, регламентирующих уровень квалификации выпускников и действующих специалистов, с участием организаций практического здравоохранения, ассоциации врачей, научных организаций; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) внедрение образовательных программ базовой подготовки кадров здравоохранения на основе интегрированной модели, основанной на компетентном подходе и профессиональных стандартах; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) совершенствование программ резидентуры в соответствии с профессиональными стандартами;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) разработку и внедрение унифицированных для каждой специальности и уровня квалификации сертификационных курсов в соответствии с профессиональными стандартами и на основе внедрения международных подходов (процедура </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Maintenance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Certification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) совершенствование программ преддипломной и постдипломной подготовки в сфере фармации, что позволит повысить уровень квалификации фармацевтических кадров в области производства и контроля качества лекарственных средств, в том числе биологических препаратов, а также специалистов в области регулирования фармацевтического рынка. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для оценки уровня теоретических знаний и практических навыков выпускников будет внедрена система независимой оценки компетенции, базирующейся на профессиональных стандартах и лучшей международной практике.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дальнейшее развитие медицинского и сестринского образования будет предусматривать триединство клинической практики, медицинского образования и научной деятельности, которое обеспечит:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) эффективное управление академическими и производственными процессами на основе единства стратегических целей и задач; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) качественное медицинское образование на основе получения современных теоретических знаний и реальных практических навыков в условиях университетских клиник; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) устойчивое повышение качества медицинской помощи на основе доступа к передовым технологиям и научным разработкам; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) широкие клинические и лабораторные базы для проведения актуальных научных исследований с немедленным трансфертом их результатов в практическое здравоохранение; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) повышение финансовой устойчивости и эффективности систем на основе интеграции и совместного использования ресурсов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      С этой целью будет разработана концепция развития интегрированных академических медицинских центров (университетских клиник) на основе функционального (консорциумы) и организационного (холдинги) объединения научных организаций, медицинских вузов, стационарных и амбулаторных организаций по принципу полного цикла медицинских услуг и подготовки кадров. Создание новых клинических баз и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>университетских клиник будет осуществляться в стратегическом партнерстве с ведущими международными университетами и медицинскими организациями. Получит широкое развитие практика привлечения ведущих зарубежных специалистов, руководителей (менеджеров), ученых и преподавателей в академические процессы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Кроме того, в процессы образования и научных изысканий будут мотивированно вовлечены лучшие специалисты практики, а научные работники и преподаватели получат возможность практической работы и проведения клинических исследований. Это позволит рационально использовать врачебные кадры (врач, преподаватель, ученый в одном лице), обеспечить высокую материальную и профессиональную мотивацию кадров и сформировать модель научно-педагогического карьерного развития медицинских кадров, являющуюся на сегодняшний день лучшим стандартом профессионального развития в мировом здравоохранении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет внедрена совместная казахстанско-финская научно-педагогическая магистратура для преподавателей сестринского дела вузов и колледжей Республики Казахстан с выдачей казахстанского диплома Магистра по сестринскому делу и диплома университета JAMK (Финляндия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Master</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Повышение потенциала менеджеров и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>преподавателей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинских и фармацевтических вузов по образовательной программе Высшей школы образования АОО «Назарбаев Университет».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обязательным условием дальнейшего развития медицинского образования станет ее полная информатизация с созданием онлайн-сервисов, библиотек, аудиторий, персональных электронных аккаунтов студентов и преподавательского состава с возможностью прозрачного и эффективного контроля знаний и навыков, неограниченного расширения учебной и научной информационной базы. Будут внедряться дистанционные технологии в системе образования для специалистов в регионах, не имеющих возможности длительно находиться в местах дислокации вузов, для переподготовки и повышения квалификации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках совершенствования программ медицинского образования будет обеспечено поэтапное обязательное овладение студентами современными этическими стандартами, коммуникативными навыками, английским языком на уровне, достаточном для получения и поддержания знаний.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обучение СМР будет проводиться с учетом приоритетности ПМСП, ее многофункциональности и универсальности. Стандарты обучения СМР также будут приведены в соответствие с разработанными профессиональными стандартами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основой повышения эффективности управления в образовании станут меры по расширению автономии медицинских вузов, развитию ГЧП при строительстве и реконструкции университетской инфраструктуры, внедрению лучших принципов корпоративного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.6.3. Развитие инноваций и медицинской науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В рамках реализации данной Программы на основе поставленных стратегических целей по охране и укреплению здоровья населения будут определены приоритетные направления развития медицинской науки на период до 2020 года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Первоочередной задачей развития отечественной медицинской науки станет модернизация ее методологических подходов на основе трансферта передовых мировых стандартов и концепций. С этой целью будет уделено большое внимание интеграции отечественных научно-исследовательских программ и проектов с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>международными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, будет стимулироваться вовлечение отечественных проектов в программы международных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мультицентровых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследований.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена реализация мер государственной поддержки, в том числе финансовой помощи, для продвижения перспективных и конкурентоспособных научно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">исследовательских проектов, в том числе в форме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стартап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-проектов, инновационных грантов, венчурного фондового финансирования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет разработана среднесрочная программа развития научных компетенций, обучения и научных стажировок по стратегически приоритетным направлениям. Будет развиваться обмен научными </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кадрами</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и оказываться помощь в обучении международным стандартам научной работы, в том числе выработке дизайна и методологии исследований, помощь в оформлении научных трудов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В условиях дефицита научных кадров развитие научной школы будет базироваться на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) расширении количества специальностей и направлений подготовки научных кадров; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) создании комплексной системы социально-экономических механизмов привлечения одаренных специалистов в организации науки и образования, их стимулирования к проведению научных исследований. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Кроме того, будет проработан вопрос по внедрению с 2018 года программ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пост-докторантуры</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на базе ведущих отечественных медицинских вузов и научных организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках развития научных компетенций и трансферта мировых технологий будут обеспечены поддержка развития профессионального и научного сообщества медицинских работников, профессиональных объединений и ассоциаций, а также повышение их роли в развитии медицинской науки и образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут обеспечены адекватное, устойчивое и прозрачное финансирование научно-исследовательских проектов и программ. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С этой целью будет осуществлен поэтапный переход финансирования отдельных научных исследований от программно-целевого и базового к финансированию научно-исследовательской деятельности только на основе грантов.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом будут обеспечены ясность и простота финансирования и отчетности в интересах научных работников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена работа по повышению эффективности менеджмента как научных исследований и проектов, так и научных организаций. По опыту ведущих мировых стран развитие медицинской и фармацевтической науки будет концентрироваться вокруг университетов. С этой целью будет стимулироваться интеграция научных, образовательных и медицинских организаций для совместного использования ресурсов (зданий, оборудования, человеческих ресурсов и пр.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет обеспечено дальнейшее развитие лабораторий коллективного пользования, укрепления материально-технической базы научных лабораторий и баз для проведения доклинических и клинических исследований. Будут осуществляться системная поддержка и стимулирование локализации клинических испытаний медицинских технологий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Интегральными показателями конкурентоспособности научных исследований будут объем публикаций в международных рецензируемых изданиях, количество цитирований работ казахстанских авторов, объем патентования и уровень коммерциализации полученных результатов и внедрения в практическое здравоохранение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С целью оценки уровня и повышения качества отечественной медицинской науки ежегодно будет публиковаться Национальный рейтинг научных организаций страны, что позволит повысить их прозрачность и конкурентоспособность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.7. Обеспечение дальнейшего развития инфраструктуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>здравоохранения на основе государственно-частного партнерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и современных информационно-коммуникационных технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.7.1. Совершенствование сети организаций здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дальнейшее реформирование системы здравоохранения будет основано на формировании инфраструктуры, гибко реагирующей на потребности населения в доступных, полноценных, качественных медицинских услугах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Будет проведена оптимизация государственной инфраструктуры здравоохранения путем горизонтальной и вертикальной интеграции и слияния медицинских организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Горизонтальная интеграция позволит повысить преемственность, полноту и качество услуг (например, слияние районной больницы и поликлиники, слияние </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>монопрофильных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клиник с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>многопрофильными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>). Вертикальная интеграция позволит повысить управляемость и эффективность (например, слияние областных и районных противотуберкулезных диспансеров).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На уровне областных и республиканских организаций, включая вузы и научные центры, будет рассмотрена возможность поэтапной трансформации в автономные организации здравоохранения (АОЗ) по опыту АОО «Назарбаев Университет».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для развития университетских клиник будут привлечены стратегические партнеры: ведущие зарубежные университеты и медицинские центры, в том числе на основе доверительного управления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом в рамках оптимизации государственной инфраструктуры основное внимание будет уделено высвобождению и перераспределению неэффективно используемых ресурсов в больничном секторе, которая предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) оптимизацию лечебно-диагностических процессов, улучшение менеджмента и трансформацию неэффективно работающих объектов и подразделений для оказания востребованных населением медицинских услуг (ПМСП, реабилитация, паллиативная помощь и пр.); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при этом необходимо отходить от применения устаревших стандартов и нормативов сети в интересах охраны здоровья населения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) децентрализацию оказания некоторых медицинских услуг, для предоставления которых не требуются высококвалифицированные специалисты и сложное технологическое оборудование; необходимы трансферт таких технологий и оказание соответствующей медицинской помощи в организациях здравоохранения, расположенных ближе к месту жительства пациента;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) централизацию услуг здравоохранения, требующих сложных технологий и компетенций узких специалистов с высокой квалификацией, созданием на межрайонном, областном и республиканском уровнях специализированных центров; при этом будут предприняты меры по повышению роли и ответственности организаций, оказывающих высокотехнологичные услуги и координирующих деятельность организаций здравоохранения по профильным направлениям.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Реализация этих мер позволит обеспечить дифференциацию и управление коечным фондом в зависимости от интенсивности лечения и, соответственно, слаженное развитие амбулаторной, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стационарозамещающей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, стационарной и реабилитационной медицинской помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена работа по определению долгосрочной потребности в развитии единой инфраструктуры системы здравоохранения на основе стратегических целей развития, адаптации международных стандартов проектирования, строительства, оснащения объектов здравоохранения и обеспечения качества медицинских услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С этой целью будет доработан и утвержден единый перспективный план развития инфраструктуры здравоохранения (мастер-план) в разрезе регионов и уровней оказания медицинской помощи, учитывающий специфику регионов и потребность населения в конкретных видах медицинской помощи. Его основой станут планы развития регионов, которые будут соответствовать единой структуре, отражать информацию по существующей сети организаций здравоохранения, планируемой реструктуризации (открытие, объединение, закрытие, перепрофилирование), потребность в объектах (строительство дополнительных объектов и взамен) и т.д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      На основе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мастер-плана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будут осуществляться инвестиционное планирование и развитие сети здравоохранения, в первую очередь, на основе стимулирования и привлечения частных инвестиций, преимущественного развития ГЧП. С этой целью на основании рекомендаций стандарта государственной политики по ГЧП в здравоохранении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Европейской экономической комисс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ии ОО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н (UNECE) будет разработана Дорожная карта ГЧП в здравоохранении Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Государственные инвестиции будут </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>планироваться</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляться на развитие сети здравоохранения в сферах, где ограничено применение концессии и ГЧП, нет экономической целесообразности развития ГЧП, а также в стратегически значимых для развития отрасли секторах (материнство, туберкулез, ВИЧ и т.п.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С целью стимулирования развития частного сектора и ГЧП будут разработан комплекс мер финансового обеспечения на подготовку и консультативное сопровождение проектов ГЧП, осуществлена разработка типовых проектных документов, выработаны специальные нормативные акты по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарифообразованию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и гарантированию объемов потребления медицинских услуг, принятию государственными органами долгосрочных концессионных обязательств по договорам, в том числе на основе платы за доступность объектов здравоохранения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет сформирован четкий перечень объектов для реализации по механизмам ГЧП, в том числе на основе передачи объектов государственной собственности в доверительное управление, приватизации, строительства или реконструкции объектов по модели концессии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом будут реализованы различные формы ГЧП, предусматривающие:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) расширение участия частных медицинских организаций в предоставлении всего спектра услуг, входящих в ГОБМП и ОСМС;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) передачу отдельных видов медицинских и немедицинских услуг (лаборатории, радиологические службы, уборка, питание, закуп материальных и нематериальных ценностей, обслуживание медицинской техники и пр.) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> долгосрочный аутсорсинг; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) передачу республиканских и местных организаций здравоохранения в доверительное управление частным компаниям, в том числе зарубежным; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) приватизацию государственных организаций здравоохранения; будет обновлен перечень организаций, услуги которых будут переданы в конкурентную среду; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) привлечение частных инвестиций на строительство объектов здравоохранения по различным моделям концессии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) привлечение частных компаний для обеспечения оснащения и эффективного функционирования медицинской техники, лабораторной службы и информационных систем в здравоохранении. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут созданы равные экономические условия, как для государственных, так и частных поставщиков услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Одновременно для успешного развития инфраструктуры и реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мастер-плана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет проводиться системная </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межсекторальная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа по государственной поддержке, созданию стимулов развития для частных медицинских организаций, в том числе с зарубежным участием. Эти меры включают:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) совершенствование нормативно-правового регулирования и снижение административных барьеров для частного сектора в здравоохранении; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) обеспечение доступного финансирования, в том числе путем включения сектора здравоохранения в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңына</w:t>
+          <w:t>Дорожную карту бизнеса 2020</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...1899 lines deleted...]
-        <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00CE327C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Бизнестің жол картасы 2020</w:t>
+          <w:t>Государственную программу</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00311457">
-[...49 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индустриально-инновационного развития Республики Казахстан на 2015-2019 годы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обеспечение адекватной и справедливой тарифной политики путем включения расходов на обновление основных средств и затрат на сервис дорогостоящего медицинского оборудования*. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут осуществлены комплексная разработка и внедрение новой системы стандартов инфраструктуры здравоохранения на основе стандартов ОЭСР (архитектурные, инженерные, технологические и др.), а также стандарты в области ресурсосбережения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>энергоэффективности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>экологичности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объектов здравоохранения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5.7.2. Жарақтандырудың және медициналық техниканы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+        <w:t>5.7.2. Повышение эффективности оснащения и использования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-        <w:t>пайдаланудың тиімділігін арттыру</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>медицинской техники</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...152 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Создание эффективной системы оснащения, эксплуатации и возобновления организациями здравоохранения медицинской техники предусматривает проведение следующих комплексных мер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) совершенствование системы планирования потребности в медицинской технике, ремонте и техническом обслуживании, которое включает: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разработку и внедрение типовых стандартов оснащения медицинской техникой для определенных государственных организаций здравоохранения, с учетом регионализации оказания медицинской помощи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разработку и внедрение единой методологии оптимального выбора модели медицинской техники и методологии ценообразования на услуги по ее техническому обслуживанию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      создание базы данных (справочной системы) всей зарегистрированной медицинской техники с указанием цен, технических характеристик, соответствующих государственным стандартам, всех возможных комплектаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разработка программ оснащения организаций здравоохранения медицинской техникой путем централизованного закупа на основе ГЧП.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будут внедрены механизмы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сервисного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГЧП на основе поставки частными компаниями медицинской техники на основе долгосрочных контрактов на оказание медицинских и сервисных услуг, поставку расходных материалов. Это позволит рационализировать инвестиционные программы медицинских организаций, улучшить качество услуг, а также обеспечить стабильное сервисное обслуживание закупленной техники со стороны поставщиков и производителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом организации, осуществляющие функции по закупу и лизингу медицинской техники, будут определяться конкурсным путем на рынке соответствующих услуг;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) развитие лизинговых систем приобретения медицинской техники, в том числе через национальные институты развития*. В целях обновления основных средств будет усовершенствован механизм развития сервисной и лизинговой модели приобретения медицинской техники. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет создана единая Национальная база данных медицинской техники с целью систематизации базы данных (сведения о производителе, регистрации, комплектации, цене и т.д.) для прослеживания медицинской техники от производителя к конечному потребителю;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) создание в регионах на основе ГЧП централизованных медицинских сервисных служб и центров непрерывного обучения медицинских и технических специалистов, обеспечивающих работоспособность медицинского оборудования на основе долгосрочных контрактов с медицинскими организациями; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) формирование системы стимулирования и мотивации организаций здравоохранения к ресурсосбережению. В этих целях будет пересмотрена методика определения тарифа </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на медицинские услуги с включением в тариф затрат для возмещения расходов на обновление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основных средств*; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) обеспечение подготовки инженеров и медицинских техников по обслуживанию медицинской техники с базовым образованием, внедрение штатных единиц сервисных работников по медицинской технике в лечебных организациях. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом будет разработана единая амортизационная политика, направленная на эффективное управление основными средствами, которая будет предусматривать создание в медицинских организациях амортизационных фондов для аккумулирования соответствующих тарифных выплат с целью последующего реинвестирования в обновление основных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Кроме того, будет внедрен механизм долгосрочного планирования закупа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Бұдан басқа, медициналық техника сатып алуды ұзақ мерзімді жоспарлау тетігі енгізіледі және бәсекеге қабілетті отандық өндірушілерді қолдау шаралары көрсетіледі.</w:t>
-[...9 lines deleted...]
-        <w:t>      Көрсетілген кешенді шаралар медициналық ұйымдарға өздеріне қажетті жабдықты сатып алуға мүмкіндік береді, тікелей сатып алу жүйесінен ұзақ мерзімді лизингтік жүйеге өту орын алады.</w:t>
+        <w:t>медицинской техники и оказаны меры поддержки конкурентоспособным отечественным производителям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Указанные комплексные меры предоставят медицинским организациям возможность приобретать то оборудование, которое им необходимо, произойдет переход от системы прямых закупок к долгосрочной лизинговой системе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>5.7.3. Ақпараттық-коммуникациялық технологияларды (АКТ) дамыту</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.7.3. Развитие информационно-коммуникационных технологий (ИКТ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...123 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В рамках реализации настоящей Программы будет продолжено развитие информатизации отрасли здравоохранения) в части разработки единых стандартов, технологических спецификаций и характеристик различных информационных систем в части требуемого функционала системы на основе тесного взаимодействия с пользователями систем.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В соответствии с установленными требованиями и стандартами будет организована и внедрена процедура сертификации различных программных продуктов на предмет соответствия требованиям электронного здравоохранения для дальнейшего доступа на рынок ИКТ в области здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом в рамках расширения участия частного сектора, развития ГЧП и приватизации объектов здравоохранения организациям здравоохранения будет предоставлена свобода выбора госпитальных и других медицинских информационных систем на рынке ИКТ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет создана информационная основа для ОСМС, базирующаяся на ресурсах электронного здравоохранения, налоговых органов, организаций социального страхования и социальной защиты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Доступ к ресурсам электронного здравоохранения и регулярное введение необходимой информации станут обязательным условием для лицензирования, аккредитации субъектов медицинской и фармацевтической деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет повышен потенциал работников отрасли здравоохранения по вопросам электронного здравоохранения на уровне до- и последипломного образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут выработаны единые стандартизованные требования на основе международных стандартов медицинских информационных систем, которые будут предъявляться в обязательном порядке для всех клинических информационных систем.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Будет внедрена сервисная модель реализации инвестиционных проектов по информатизации отдельных организаций, служб, региональных систем здравоохранения на основе ГЧП. С учетом этого государство в лице центральных и местных исполнительных органов будет планомерно снижать прямые бюджетные инвестиции в проекты по созданию и внедрению глобальных и региональных информационных систем ввиду несоответствия сроков подготовки и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реализации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетных ИТ-проектов срокам развития и старения информационных технологий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Наряду с традиционными подходами к информатизации производственных процессов в отрасли будет осуществляться поддержка внедрения инновационных ИКТ, таких как удаленный автоматизированный мониторинг состояния здоровья пациентов с помощью мобильных медицинских устройств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В рамках реализации модели </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интегрированнои</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинской помощи будут поэтапно внедряться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самостоятельная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> онлайн-запись пациентов на прием к медицинским работникам, консультирование в режиме реального времени и наблюдение пациентов с использованием персональных стационарных компьютеров и смартфонов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет расширена национальная телемедицинская сеть*, совершенствованы информационные технологии в рамках существующих информационных систем для управления и координации работы кластерной системы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Для успешной реализации предусмотренных мер и обеспечения эффективного использования информационных систем будут реализованы широкомасштабные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>пайдаланылуын қамтамасыз ету үшін денсаулық сақтау жүйесі мамандарын ақпараттандыру мәселелері жөнінде оқыту бойынша кең ауқымды іс-шаралар іске асырылады.</w:t>
+        <w:t>мероприятия по обучению специалистов системы здравоохранения по вопросам информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>6. Бағдарламаны іске асыру мерзімдері</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Сроки реализации Программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...137 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Реализация Программы рассчитана на 2016-2019 годы и предусматривает:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) формирование службы общественного здоровья; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) приоритетное развитие первичной медико-санитарной помощи; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) развитие интеграции всех уровней медицинской помощи; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) развитие эффективности менеджмента в здравоохранении, внедрение элементов корпоративного управления; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) дальнейшее развитие частного сектора и конкуренции в здравоохранении: доверительное управление и приватизация объектов здравоохранения, развитие частной семейной практики;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) развитие стратегического управления человеческими ресурсами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7) модернизацию медицинского образования, интеграцию медицинской науки, образования и практики; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) дальнейшее развитие школьной медицины в системе здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) совершенствование лекарственного обеспечения на основе международных стандартов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10) внедрение обязательного социального медицинского страхования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) развитие системы управления качеством медицинских услуг через партнерство государства, профессиональных сообществ и пациентов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) повышение эффективности и оптимизацию инфраструктуры здравоохранения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      13) дальнейшее развитие информационных технологий в здравоохранении. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>7. Қажетті ресурстар</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Необходимые ресурсы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...36 lines deleted...]
-        <w:t>      Бағдарламаны қаржыландыру көлемі Қазақстан Республикасының заңнамасына сәйкес тиісті қаржы жылдарына арналған республикалық және жергілікті бюджеттерді бекіту кезінде және республикалық және жергілікті бюджеттердің, Медициналық әлеуметтік сақтандыру қорының кіріс бөлігі мүмкіндіктері тұрғысынан, сондай-ақ басқа да баламалы көздердің тартылуымен нақтыланатын болады.</w:t>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На реализацию Программы в 2016-2019 годах будут направлены средства государственного бюджета, а также другие, не запрещенные законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Общие затраты на реализацию Программы составят 1 969 729 500 тыс. тенге.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В дальнейшем к общему объему финансирования из средств бюджета будут добавлены средства Фонда СМС.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Объем финансирования Программы будет уточняться при утверждении республиканского и местных бюджетов на соответствующие финансовые годы в соответствии с законодательством Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исходя из возможности доходной части республиканского и местных бюджетов, Фонда социального медицинского страхования, а также привлечением других альтернативных источников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311457" w:rsidRPr="00311457" w:rsidRDefault="00311457" w:rsidP="00311457">
+    <w:p w:rsidR="00CE327C" w:rsidRPr="00CE327C" w:rsidRDefault="00CE327C" w:rsidP="00CE327C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311457">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00311457">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      * - реализация мероприятий будет осуществляться путем привлечения частных инвестиций и других альтернативных источников финансирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE327C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>      **- іс-шараларды іске асыру Әлеуметтік медициналық сақтандыру қорының кіріс бөлігі тұрғысынан жүзеге асырылатын болады.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ** - реализация мероприятий будет осуществляться исходя из доходной части Фонда социального медицинского страхования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75A23" w:rsidRPr="00311457" w:rsidRDefault="00A75A23">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00A75A23" w:rsidRPr="00311457">
+    <w:p w:rsidR="00A75A23" w:rsidRDefault="00A75A23"/>
+    <w:sectPr w:rsidR="00A75A23">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -27211,53 +31937,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00FA2914"/>
+    <w:nsid w:val="05287CF2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="17B6137A"/>
+    <w:tmpl w:val="651EB1C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -27360,53 +32086,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="21F86E4E"/>
+    <w:nsid w:val="1ABC5ADC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F48C38CC"/>
+    <w:tmpl w:val="FEFCBF76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -27509,53 +32235,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3D290552"/>
+    <w:nsid w:val="22CA5F05"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="99E8CE20"/>
+    <w:tmpl w:val="32A8C7DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -27658,53 +32384,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="42E471A6"/>
+    <w:nsid w:val="48A230AB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9BF44B60"/>
+    <w:tmpl w:val="A18AB8F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -27807,53 +32533,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="60D63C74"/>
+    <w:nsid w:val="65FE19E8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BC7447C8"/>
+    <w:tmpl w:val="17601A04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -27956,53 +32682,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="66094545"/>
+    <w:nsid w:val="6A0A5228"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="40FC6654"/>
+    <w:tmpl w:val="37BA31B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -28105,53 +32831,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="683A3510"/>
+    <w:nsid w:val="6AAB65EE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DDE67E1E"/>
+    <w:tmpl w:val="506EDC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -28254,53 +32980,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="7B926643"/>
+    <w:nsid w:val="6BB96A13"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C28CF1AA"/>
+    <w:tmpl w:val="4DDC4EB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -28403,92 +33129,92 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00311457"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsidRoot w:val="00CE327C"/>
     <w:rsid w:val="00A75A23"/>
+    <w:rsid w:val="00CE327C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -28638,261 +33364,247 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00311457"/>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00CE327C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -29024,554 +33736,540 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00311457"/>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00CE327C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00311457"/>
+    <w:rsid w:val="00CE327C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1594048005">
+    <w:div w:id="553810676">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="798034627">
+        <w:div w:id="1819764494">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1263224723">
+            <w:div w:id="658002534">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="712266606">
+                <w:div w:id="1243181448">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1209999707">
+                    <w:div w:id="1794861559">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="558171651">
+            <w:div w:id="1474828005">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="281503524">
+            <w:div w:id="542521645">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1150442986">
+                <w:div w:id="1635453086">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="564536157">
+                    <w:div w:id="1774981542">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2062291204">
+                    <w:div w:id="717750903">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="619150111">
+                        <w:div w:id="1393190557">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1458379880">
+                    <w:div w:id="610863417">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1379282803">
+                        <w:div w:id="1666854456">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1627008175">
+                    <w:div w:id="1317799188">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1836145790">
+            <w:div w:id="1441680674">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1139762599">
+                <w:div w:id="326594193">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1402411843">
+                    <w:div w:id="1032658375">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="600072077">
+                    <w:div w:id="60522275">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1837844623">
+                <w:div w:id="748624380">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="463616751">
+                <w:div w:id="1132986534">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="2027637343">
+            <w:div w:id="752244655">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U100000931_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U100000922_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1000001113" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K1500000100" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K14002014_2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z1500000405" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U100000922_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1000001113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1000001113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z1500000405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U100000957_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K1200002050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1400000874" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U100000957_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1600000176" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K1200002050" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/U1000001113" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/P1500000168" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U100000931_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U100000922_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1000001113" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K1500000100" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K14002014_2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/P1500000168" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U100000922_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1000001113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1000001113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1500000405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U100000957_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K1200002050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U100000957_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1600000176" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K1200002050" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1000001113" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/U1400000874" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -29819,51 +34517,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>45</Pages>
-[...1 lines deleted...]
-  <Characters>120888</Characters>
+  <Pages>43</Pages>
+  <Words>20912</Words>
+  <Characters>119200</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1007</Lines>
-  <Paragraphs>283</Paragraphs>
+  <Lines>993</Lines>
+  <Paragraphs>279</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>141813</CharactersWithSpaces>
+  <CharactersWithSpaces>139833</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ahmetov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>