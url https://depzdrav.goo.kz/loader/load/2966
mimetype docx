--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,11102 +1,13517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...44 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил проведения экспертизы временной нетрудоспособности, выдачи листа и справки о временной нетрудоспособности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра здравоохранения и социального развития Республики Казахстан от 31 марта 2015 года № 183. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 мая 2015 года № 10964</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с пунктом 2 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z793" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Республикалық құқық</w:t>
+          <w:t>статьи 59</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан от 18 сентября 2009 года «О здоровье народа и системе здравоохранения» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ты</w:t>
+          <w:t>Правила</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения экспертизы временной нетрудоспособности, выдачи гражданам листа и справки временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Департаменту организации медицинской помощи Министерства здравоохранения и социального развития Республики Казахстан обеспечить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление на официальное опубликование в периодических печатных изданиях и информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства здравоохранения и социального развития Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения и социального развития Республики Казахстан Цой А.В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие со дня его первого официального опубликования.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Министр                                    Т. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дуйсенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утверждены           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>приказом Министра здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">и социального развития     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Республики Казахстан      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 31 марта 2015 года № 183   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>проведения экспертизы временной нетрудоспособности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>выдачи листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила проведения экспертизы временной нетрудоспособности, выдачи гражданам листа и справки о временной нетрудоспособности (далее – Правила) разработаны в соответствии с пунктом 2 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z793" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">қ </w:t>
+          <w:t>статьи 59</w:t>
         </w:r>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан от 18 сентября 2009 года «О здоровье народа и системе здравоохранения» и определяют порядок проведения экспертизы временной нетрудоспособности, выдачи медицинскими организациями документов, удостоверяющих временную нетрудоспособность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z13"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:br/>
-          <w:t>ақпарат орталығы</w:t>
+          <w:t>врачебно-консультативная комиссия</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - ВКК) - комиссия, которая создается в медицинской организации, независимо от форм собственности и ведомственной принадлежности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) временная нетрудоспособность - состояние организма человека, обусловленное заболеванием или травмой, при котором нарушение функций сопровождается невозможностью выполнения профессионального труда в течение времени, необходимого для восстановления трудоспособности или установления инвалидности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+          <w:t>лист</w:t>
         </w:r>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о временной нетрудоспособности - документ, удостоверяющий временную нетрудоспособность лиц и подтверждающий право на временное освобождение от работы и получение пособия по временной нетрудоспособности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z14"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:br/>
-          <w:t>Әділет министрлігі</w:t>
+          <w:t>справка</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о временной нетрудоспособности - документ, удостоверяющий факт нетрудоспособности, являющийся основанием для освобождения от работы (учебы) без получения пособия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) невостребованный бланк листа о временной нетрудоспособности - лист о временной нетрудоспособности, который был оформлен в соответствии с Правилами, но лицо, которому </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>был выдан лист о временной нетрудоспособности не явилось</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для его продления или закрытия в течение трех рабочих дней после окончания срока продления листа о временной нетрудоспособности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) экспертиза временной нетрудоспособности - вид экспертизы в области здравоохранения, целью которой является официальное признание нетрудоспособности физического лица и его временного освобождения от выполнения трудовых обязанностей на период заболевания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ҚАЗ</w:t>
+          <w:t>медико-социальная экспертиза</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - МСЭ) - определение потребностей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>освидетельствуемого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица в мерах социальной защиты, включая реабилитацию, на основе оценки ограничений жизнедеятельности, вызванных стойким расстройством функций организма;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) централизованная врачебно-консультативная комиссия (далее - ЦВКК) комиссия, создаваемая в противотуберкулезной организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z22"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лист о временной нетрудоспособности по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z192" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>РУС</w:t>
+          <w:t>приложению</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, выдается при:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) острых или обострении хронических заболеваний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) травмах и отравлениях, связанных с временной потерей трудоспособности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) искусственном прерывании беременности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) уходе за больным ребенком;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) беременности и родах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) усыновлении (удочерении) новорожденного ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) долечивании в санаторно-курортных организациях;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>карантине</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) ортопедическом протезировании. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z32"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка о временной нетрудоспособности по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Негізгі</w:t>
+          <w:t>приказом</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 «Об утверждении форм первичной медицинской документации организаций здравоохранения» (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697) (далее – Приказ № 907), выдается при:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) острых или обострении хронических заболеваний, травмах и отравлениях лицам, обучающимся в организациях образования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) травмах, полученных в состоянии алкогольного или наркотического опьянения, а также при острой алкогольной или наркотической интоксикации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) лечении хронического алкоголизма, наркомании, не осложненных иными расстройствами и заболеваниями; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) уходе за больным ребенком; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      5) прохождении обследования в консультативно-диагностических организациях на период проведения инвазивных методов обследовании; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) искусственном прерывании беременности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) беременности и родах лицам, обучающимся в организациях образования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) усыновлении (удочерении) новорожденного ребенка (детей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) долечивании в санаторно-курортных организациях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) карантине;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) ортопедическом протезировании;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) при наличии признаков нетрудоспособности до конца смены (выдается медицинскими работниками медицинских пунктов предприятий и организаций).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z45"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лист о временной нетрудоспособности в случаях, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Іздеу</w:t>
+          <w:t>пункте 3</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ресми жариялау</w:t>
+          <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил выдается гражданам Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, иностранным гражданам, постоянно проживающим в Республике Казахстан, осуществляющим трудовую деятельность и обучающимся в организациях образования на период их зачисления на оплачиваемые рабочие места в период производственной практики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z46"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лист и (или) справку о временной нетрудоспособности выдают:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) врачи медицинских организаций государственной и частной формы собственности, а также занимающиеся частной медицинской практикой (далее - субъекты здравоохранения) при наличии у них </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z126" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>"</w:t>
+          <w:t>лицензии</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на осуществление медицинской деятельности, включающей проведение экспертизы временной нетрудоспособности, выданной в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z127" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Б</w:t>
+          <w:t>Законом</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 мая 2014 года «О разрешениях и уведомлениях»;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) медицинские работники со средним медицинским образованием организаций первичной медико-санитарной помощи (далее - организации ПМСП) государственной формы собственности при самостоятельном приеме пациентов и самостоятельном обслуживании первичных вызовов на дому.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z47"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Лист о временной нетрудоспособности не выдается:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проходящим медицинское освидетельствование, медицинское обследование или лечение по направлению органов военного управления;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) находящимся под стражей или административным арестом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицам с хроническими заболеваниями вне обострения (ухудшения), проходящим обследование, принимающим различные процедуры и манипуляции в амбулаторно-поликлинических условиях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обратившимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за медицинской помощью в медицинскую организацию, если у них не выявлено признаков временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В указанных случаях пациенту выдается выписка из медицинской карты амбулаторного (стационарного) больного.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z50"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Листы о временной нетрудоспособности не выдают следующие медицинские организации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) организации, осуществляющие деятельность в сфере службы крови;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) организации, осуществляющие деятельность в сфере судебной медицины;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) травматологические пункты и приемные отделения медицинских организаций, оказывающих стационарную помощь;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) санаторно-курортные организации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) организации медицины катастроф;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) организации, осуществляющие деятельность в сфере организации, осуществляющие деятельность в сфере формирования здорового образа жизни и здорового питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) врачебно-физкультурные диспансеры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) организации, осуществляющие деятельность в сфере санитарн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эпидемиологического благополучия населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) организации скорой медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Порядок проведения экспертизы временной нетрудоспособности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>выдачи листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Лист и справка о временной нетрудоспособности выдаются при предъявлении </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ҰҰ" құжаттары</w:t>
+          <w:t>документа</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, удостоверяющего личность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Выдача и продление листа и справки о временной нетрудоспособности осуществляется медицинским работником после осмотра лица и записи данных о его состоянии здоровья в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z310" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Таңдаулы</w:t>
+          <w:t>медицинской карте</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> амбулаторного (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кабинет</w:t>
+          <w:t>стационарного</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...108 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) больного, обосновывающей необходимость временного освобождения его от работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z23"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Лист и справка о временной нетрудоспособности выдаются со дня установления временной нетрудоспособности, включая праздничные и выходные дни, на весь период до восстановления трудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z24"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Лист и справка о временной нетрудоспособности не выдается за прошедшие дни, когда лицо не было осмотрено медицинским работником, за исключением случаев, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Мәтін </w:t>
+          <w:t>пункте 24</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. При заболеваниях и травмах врач выдает лист и справку о временной нетрудоспособности единолично и единовременно на три календарных дня (на основании приказа руководителя медицинской организации в период повышенной заболеваемости населения гриппом, ОРВИ - до шести календарных дней) и с общей продолжительностью не более шести календарных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продление листа и справки о временной нетрудоспособности свыше шести календарных дней проводится совместно с заведующим отделением медицинской организации общей продолжительностью не более двадцати календарных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продление листа о временной нетрудоспособности свыше двадцати календарных проводится по заключению ВКК.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В медицинских организациях, где работает один врач, лист и справка о временной нетрудоспособности выдается и продлевается единолично врачом на весь период нетрудоспособности с консультацией профильного специалиста.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Физические лица, занимающиеся частной медицинской практикой, выдают лист и справку о временной нетрудоспособности на срок не более шести календарных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Медицинские работники со средним медицинским образованием, указанные в подпункте 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Ресми жарияланым </w:t>
+          <w:t>пункта 7</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил выдают лист и справку о временной нетрудоспособности на срок не более трех календарных дней. Продление листа и справки о временной нетрудоспособности свыше трех дней производится участковым врачом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Фельдшеры в сельской местности при отсутствии врача на основании приказа руководителя медицинской организации в период повышенной заболеваемости населения гриппом, ОРВИ выдают лист и справку о временной нетрудоспособности на срок с общей продолжительностью не более шести календарных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лист о временной нетрудоспособности выдается на срок не более шестидесяти календарных дней, за исключением беременности и родов, а также заболеваний, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z1390" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Ақпарат </w:t>
+          <w:t>подпунктом 17)</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 54 Трудового Кодекса Республики Казахстан от 15 мая 2007 года.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Если по заключению ВКК отсутствуют основания для направления лица на МСЭ с целью установления инвалидности, но условия труда лиц ухудшают клиническое течение и прогноз заболевания, выдается заключение ВКК о временном переводе на более легкую работу сроком от двух до шести месяцев. Срок устанавливается ВКК в зависимости от профессии (специальности), тяжести течения и осложнений заболевания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Лицам, обратившимся за медицинской помощью после окончания рабочего времени (смены, учебы), дата освобождения от работы указывается в листе и справке о временной нетрудоспособности со следующего дня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лист и справка о временной нетрудоспособности выдается в случае госпитализации - в стационаре со дня госпитализации, в случае лечения в амбулаторных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>условиях - в медицинской организации, оказывающей амбулаторно-поликлиническую помощь по месту прикрепления (иногороднему - по месту обращения) в день его обращения с зачетом дня обращения в травматологический пункт и скорую медицинскую помощь на основании справки, подтверждающей их обращение в указанные медицинские организации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицо обращается в медицинскую организацию, оказывающую амбулаторно-поликлиническую помощь, на следующий день после обслуживания бригадой скорой помощи и (или) в травматологическом пункте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если лицо обслужено бригадой скорой помощи и (или) в травматологическом пункте в пятницу, в выходные и праздничные дни, то лист и справка о временной нетрудоспособности выдается медицинской организацией, оказывающей амбулаторно-поликлиническую помощь, с зачетом дня обращения в травматологический пункт и станцию скорой медицинской помощи и последующих за ним выходных и праздничных дней на основании справки, подтверждающей их обращение в указанные медицинские</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. В случае нетрудоспособности лица до конца смены справка о временной нетрудоспособности выдается медицинским работником медицинских пунктов предприятий и организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с освобождением от работы до конца смены с последующим направлением в медицинскую организацию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Выдачу листа и справки о временной нетрудоспособности производит медицинский работник медицинской организации, к которой прикреплено лицо, с зачетом дня обращения в медицинский пункт предприятия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. При установленных туберкулезных, психических, кожно-венерических, онкологических заболеваниях и инфицированных вирусом иммунодефицита человека/синдромом приобретенного иммунодефицита (далее - ВИЧ/СПИД) лист и справка о временной нетрудоспособности выдается медицинскими работниками соответствующих специализированных медицинских организаций (отделений, кабинетов). При обращении лиц с этими заболеваниями в медицинские организации общего профиля медицинский работник выдает лист и справку о временной нетрудоспособности на срок не более трех календарных дней с последующим направлением лиц в специализированную медицинскую организацию (отделение), а при отсутствии таковых к профильному специалисту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. При переводе лиц в санаторно-курортную организацию для проведения медицинской реабилитации, как неотъемлемого компонента лечения, продление листа и справки о временной нетрудоспособности проводится медицинской организацией, к которой прикреплено лицо.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z33"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. При стационарном лечении (включая дневные стационары, реабилитационные центры) лист и справка о временной нетрудоспособности выдается на весь период стационарного лечения медицинским работником в день выписки лиц.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Если к моменту выписки из стационара трудоспособность лиц полностью восстановлена, лист и справка о временной нетрудоспособности закрывается датой выписки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицам, продолжающим быть временно нетрудоспособными, лист и справка о временной нетрудоспособности продлевается на срок, с учетом времени, необходимого для его явки к медицинскому работнику поликлиники или вызова медицинского работника на дом (но не более чем на один календарный день).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицам, получавшим лечение за пределами региона проживания, учитывается время, необходимое для прибытия к месту его постоянного проживания (но не более чем на четыре календарных дня).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дальнейшее продление и закрытие листа и справки о временной нетрудоспособности производится лицу по месту жительства медицинским работником, осуществляющим дальнейшее наблюдение за ним после заключения ВКК, или медицинской организацией, в которую был направлен больной для дальнейшего лечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z34"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      21. При травмах, полученных в состоянии алкогольного или наркотического опьянения, а также при острой алкогольной или наркотической интоксикации, на весь период временной нетрудоспособности выдается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При возникновении другого заболевания, не связанного с тем, по которому пациенту выдана справка о временной нетрудоспособности, справка о временной нетрудоспособности закрывается и выдается лист о временной нетрудоспособности. Если после восстановления трудоспособности по этому заболеванию временная нетрудоспособность, вызванная травмой, полученной в состоянии алкогольного или наркотического опьянения, продолжается, вновь открывается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z35"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22. При лечении хронического алкоголизма, наркомании, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осложненных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иными расстройствами и заболеваниями, временная нетрудоспособность удостоверяется справкой. Если в этот период возникает заболевание или травма с наступлением временной нетрудоспособности и требуется прекращение лечения алкоголизма (наркомании), выдается лист о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При осложнении хронического алкоголизма (наркомании) иными заболеваниями и состояниями, нарушающими трудоспособность, на весь период нетрудоспособности выдается лист о временной нетрудоспособности, согласно настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z36"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. Лицам, страдающим психическими заболеваниями, при несвоевременном обращении в медицинскую организацию лист и справка о временной нетрудоспособности выдается за прошедшие дни по заключению ВКК психоневрологического диспансера или медицинского работника (врача-психиатра) совместно с руководителем медицинской организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Лицам, направленным по решению суда на судебно-медицинскую или судебно-психиатрическую экспертизу и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>признанных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нетрудоспособными, лист и справка о временной нетрудоспособности выдается со дня поступления на экспертизу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z37"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Лицу, совмещающему обучение с работой, выдается лист и справка о временной нетрудоспособности одновременно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z38"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если лицо работает у нескольких работодателей, лист о временной нетрудоспособности выдается по одному месту работы, в другие места работы лица выдаются копии листа о временной нетрудоспособности, заверенные руководителем медицинской организации и закрепленные печатью медицинской организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z39"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Беременным женщинам, женщинам, родившим ребенка (детей), женщинам (мужчинам), усыновившим или удочерившим новорожденного ребенка (детей) лист временной нетрудоспособности выдается в двух экземплярах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) для осуществления </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Өзгерістер тарихы </w:t>
+          <w:t>социальной выплаты</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на случай потери дохода в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей) из Государственного фонда социального страхования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) для предоставления </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Сілтемелер </w:t>
+          <w:t>отпуска</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по беременности и родам, отпуска работникам, усыновившим (удочерившим) новорожденного ребенка (детей) по месту работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z40"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Лист и справка о временной нетрудоспособности иногородним лицам оформляются в медицинской организации по месту их временного пребывания и выдаются по согласованию с руководителем соответствующей медицинской организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продление указанного листа и справки о временной нетрудоспособности производится в медицинской организации по месту прикрепления лица при наличии заключения ВКК медицинской организации, открывшей лист и справку о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z41"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. Лицам, направленным в медицинские организации вне места их постоянного жительства, в том числе за пределы Республики Казахстан, лист и справка о временной нетрудоспособности выдается направляющей медицинской организацией по заключению ВКК на дни, необходимые на проезд, но не более пяти календарных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Продление данного листа и справки о временной нетрудоспособности производится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>медицинской организации, в которую лицо было направлено.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Если лицо было направлено за пределы Республики Казахстан, окончательное оформление листа и справки о временной нетрудоспособности производится ВКК при его возвращении на основании документов о консультации (лечении) в другой стране.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z42"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Лицам, получившим лист и справку о временной нетрудоспособности в медицинской организации по месту их прикрепления, их продление в другой медицинской организации производится лишь при наличии заключения ВКК медицинской организации, выдавшей лист и справку о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z43"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      30. Документы, удостоверяющие факт болезни, травмы за рубежом граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, иностранных граждан, постоянно проживающих и осуществляющих трудовую деятельность на территории Республики Казахстан, являются основанием для выдачи листа и справки о временной нетрудоспособности по заключению ВКК медицинской организации по месту его прикрепления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Документы, удостоверяющие факт болезни, травмы необходимо перевести на казахский или русский язык и заверены в стране пребывания или в Республике Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z44"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31. Иностранным гражданам, пребывающим в Республике Казахстан временно, в случае заболевания, травмы выдается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z48"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32. Направляются на МСЭ длительно болеющие, работающие лица с листами о временной нетрудоспособности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) не ранее четырех месяцев со дня наступления временной нетрудоспособности или не позднее пяти месяцев временной нетрудоспособности в течение последних двенадцати месяцев при повторных заболеваниях (при одном и том же заболевании);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) не ранее четырех месяцев со дня наступления временной нетрудоспособности при травмах, при наличии перспективного прогноза течения болезни, по решению ВКК, лист нетрудоспособности продлевается на два месяца;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) не ранее восьми месяцев со дня наступления временной нетрудоспособности вследствие заболевания туберкулезом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z49"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33. Лицу, признанному инвалидом, лист и справка о временной нетрудоспособности закрывается датой установления группы инвалидности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z51"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      34. Работающие инвалиды направляются на МСЭ при ухудшении здоровья по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвалидизирующему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболеванию не ранее двух месяцев со дня временной нетрудоспособности. Если ухудшение здоровья работающих инвалидов не связано с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвалидизирующим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболеванием, то лист о временной нетрудоспособности выдается, согласно настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z52"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35. При отказе лица от направления на МСЭ лист о временной нетрудоспособности не продлевается со дня отказа от направления на МСЭ, сведения об этом указываются в листе временной нетрудоспособности и в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z310" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">Көшіру </w:t>
+          <w:t>медицинской карте</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> амбулаторного (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-тармағына</w:t>
+          <w:t>стационарного</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...46 lines deleted...]
-        <w:t>      1. Қоса беріліп отырған</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) больного.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z53"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36. Бланки листов временной нетрудоспособности являются документами строгой отчетности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z54"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37. Лист о временной нетрудоспособности заполняется на государственном или русском языках.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z55"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38. Субъектами здравоохранения, выдающими лист о временной нетрудоспособности, заполняется его лицевая сторона. На лицевой стороне листа временной нетрудоспособности под названием «Лист о временной нетрудоспособности» подчеркивается соответственно либо слово «Первичный», либо слово «Продолжение». Затем указывается название и адрес медицинской организации, дата выдачи листа, фамилия, имя, отчество (при его наличии), должность и место работы пациента и ставится печать медицинской организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z56"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39. В графе «Вид временной нетрудоспособности» указывается основание выдачи листа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Если лист временной нетрудоспособности выдан в связи с родами - указывается дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>родов, усыновлением или удочерением - дата усыновления или удочерения, по уходу за больным ребенком - дата и год рождения ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z57"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40. В строке «Режим» указывается вид предписанного лечебно-охранительного режима (стационарный, амбулаторный, санаторный). При нарушениях режима, назначенного медицинским работником, отмечаются случаи нарушения режима лицом (злоупотребление алкоголем, невыполнение назначенного обследования или лечения, неявки на прием к медицинскому работнику в указанный срок, вые</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Е</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зд в др</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>угую местность и другое) и ставится подпись медицинского работника.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z58"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41. В соответствующих графах делаются отметки о сроках стационарного лечения, о дате направления на МСЭ и их заключении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z59"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42. В разделе «Освобождение от работы» графа, «С какого числа» заполняется арабскими цифрами, а графа «По какое число включительно» - прописью. В каждой строке этого раздела указываются должность, фамилия и инициалы, подпись медицинского работника.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z60"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      43. Строка «Приступить к работе» заполняется прописью (число и месяц) следующим днем после </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осмотре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и признания лица трудоспособным. В случае сохраняющейся временной нетрудоспособности делается запись: «Продолжает болеть» и указывается номер и дата выдачи другого листа нетрудоспособности. В других случаях завершения временной нетрудоспособности делаются записи: «Установлена инвалидность (дата)», «Умер» (с указанием даты смерти).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В случае, когда лицо после выдачи или продления листа о временной нетрудоспособности на прием не явилось, а при очередном посещении признано трудоспособным, в строке «Приступить к работе» листа нетрудоспособности делается запись: «Явился трудоспособным» (с указанием даты явки), свободные строки граф «С какого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>числа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и «По </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>какое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> число включительно» таблицы «Освобождение от работы» прочерчиваются знаком «Z».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z61"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44. Лист о временной нетрудоспособности не закрывается по требованию администрации с места его работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z62"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45. Номера бланков листов о временной нетрудоспособности, дата их выдачи, дата продления или выписки на работу записываются в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z310" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қағидалары</w:t>
+          <w:t>медицинской карте</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...466 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> амбулаторного больного (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-тармағына</w:t>
+          <w:t>медицинской карте</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және медициналық ұйымдардың еңбекке уақытша </w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стационарного больного).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z63"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46. Оборотная сторона листа о временной нетрудоспособности заполняется работодателем с проставлением печати по месту работы лица с учетом выделения рабочих дней в период временной нетрудоспособности, которые подлежат оплате.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z64"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      47. Исправления вносятся, зачеркнув </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>жарамсызды</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>написанное</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неправильно и подписав сверху правильно. Исправление оговаривается на полях за подписью медицинского работника, заверенной печатью субъекта здравоохранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z65"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48. Печать субъекта здравоохранения ставится при открытии, с правой стороны сверху в первом разделе листа временной нетрудоспособности и внизу - при выписке на работу или при выдаче продолжения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z66"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49. Все листы о временной нетрудоспособности выдаются временно нетрудоспособным под расписку на корешках, которые служат документом для отчетности по бланкам листов временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z67"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50. Учет выданных листов о временной нетрудоспособности производится в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z208" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>дә</w:t>
+          <w:t>книге регистрации</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> листов временной нетрудоспособности, утвержденной Приказом № 907.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z68"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51. Испорченные и невостребованные бланки листов о временной нетрудоспособности погашаются медицинскими работниками, выдавшими их, в следующем порядке: бланк перечеркивается накрест и крупными буквами пишется «испорчен» или «погашен».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Корешки бланков, испорченные и невостребованные бланки хранятся в медицинской организации в течение двух лет, а затем на основании приказа  руководителя уничтожаются. Акт (произвольной формы) об уничтожении испорченных и невостребованных бланков хранится в течение пяти лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z69"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      52. При утере листа о временной нетрудоспособности выдается дубликат тем субъектом здравоохранения, который выдал лист о временной нетрудоспособности, по предъявлению справки с места работы о том, что пособие по утерянному листу временной нетрудоспособности выплачено не было. На лицевой стороне дубликата сверху делается отметка: «Дубликат».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z70"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53. Лицу, не явившемуся на прием к врачу в назначенный день, лист о временной нетрудоспособности продлевается со дня обращения, без зачета пропущенных дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z71"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54. Когда нетрудоспособность продолжается, медицинский работник выдает лицу «продолжение» листа о временной нетрудоспособности, сделав отметку о нарушении режима в первичном листе временной о нетрудоспособности в графе «Отметки о нарушении режима».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z72"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55. В случаях хищения или потери бланков листа о временной нетрудоспособности, медицинские организации сообщают об указанных фактах в срок не позднее трех календарных дней со дня их выявления местному органу государственного управления здравоохранением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Выдача листа и справки о временной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нетрудоспособности по беременности и родам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      56. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок выдачи листа и справки о временной нетрудоспособности по беременности и родам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лист и справка о временной нетрудоспособности по беременности и родам выдается медицинским работником (врачом акушером-гинекологом), а при его отсутствии - врачом, совместно с заведующим отделением после заключения ВКК с тридцати недель беременности на срок продолжительностью сто двадцать шесть календарных дней (семьдесят календарных дней до родов и пятьдесят шесть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> календарных дней после родов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Женщинам, проживающим на территориях, подвергшихся воздействию ядерных испытаний, лист и справка о нетрудоспособности по беременности и родам выдается с двадцати семи недель продолжительностью сто семьдесят календарных дней при нормальных родах и сто восемьдесят четыре дня - в случае осложненных родов или при рождении двух и более детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) женщинам, временно выехавшим с постоянного места жительства в пределах Республики Казахстан, лист и справка о временной нетрудоспособности по беременности и родам выдается (продлевается) в медицинской организации, где произошли роды или в женской консультации (кабинете) по месту наблюдения согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z262" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>р</w:t>
+          <w:t>выписке</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="008528E8">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обменной карты) родовспомогательной организации, утвержденной Приказом № 907.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Женщинам, временно выехавшим с постоянного места жительства за пределы Республики Казахстан, при их обращении в период действия отпуска по беременности и родам лист и справка о временной нетрудоспособности по беременности и родам выдается (продлевается) в медицинской организации по месту прикрепления по заключению ВКК, при предъявлении </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ігерлік-консультациялық комиссия</w:t>
+          <w:t>документов</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...89 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, удостоверяющих факт рождения ребенка (детей) в медицинской организации и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қосымшаға</w:t>
+          <w:t>свидетельство</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставляемые документы переводятся на казахский или русский язык и заверяются в стране пребывания или в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в случае осложненных родов, рождении двух и более детей, лист и справка о временной нетрудоспособности продлевается дополнительно на четырнадцать календарных дней в женской консультации (кабинете) по месту наблюдения согласно выписке родовспомогательной организации здравоохранения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этих случаях общая продолжительность дородового и послеродового отпусков составляет сто сорок календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) в случае рождения в сроке от двадцати двух до двадцати девяти недель живого ребенка и прожившего более семи суток с массой тела пятьсот грамм и более, женщине </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выдается лист и справка о нетрудоспособности по факту родов на семьдесят календарных дней.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае рождения в сроке от двадцати двух до двадцати девяти недель мертвого ребенка или умершего до семи суток жизни с массой тела пятьсот грамм и более, женщине выдается лист и справка о временной нетрудоспособности по факту родов на пятьдесят шесть календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) женщинам, проживающим на территориях, подвергшихся воздействию ядерных испытаний, в случае родов в сроке от двадцати двух до двадцати девяти недель живым ребенком и прожившем более семи суток с массой тела пятьсот грамм и более, лист и справку о временной нетрудоспособности выдается на девяносто один день. В случае рождения мертвого ребенка или умершего до семи суток жизни лист и справку о временной нетрудоспособности выдается на семьдесят семь календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) при наступлении беременности в период нахождения женщины в оплачиваемом ежегодном трудовом отпуске или отпуске без сохранения заработной платы по уходу за ребенком до достижения им трех лет, лист о временной нетрудоспособности выдается на все дни отпуска по беременности и родам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в случае смерти матери при родах или в послеродовом периоде, лист и справка о временной нетрудоспособности выдается лицу, осуществляющему уход за новорожденным;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) при операции по искусственному прерыванию беременности, лист и справка о временной нетрудоспособности выдается врачом совместно с заведующим отделением на время пребывания в стационаре и амбулаторно-поликлиническом уровне, где производилась операция, а в случае осложнения - на весь период временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При самопроизвольном аборте (выкидыше) выдается лист и справка о временной нетрудоспособности на весь период временной нетрудоспособности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) при проведении операции пересадки эмбриона лист и справка о временной нетрудоспособности выдается медицинской организацией, проводившей операцию, со дня подсадки эмбриона до факта установления беременности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицам, усыновившим или удочерившим новорожденного ребенка (детей), а также биологической матери при суррогатном материнстве непосредственно из родильного дома лист и справка о временной нетрудоспособности выдается, со дня усыновления или удочерения и до истечения пятидесяти шести календарных дней со дня рождения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Выдача листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по уходу за больным ребенком</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57. Лист и справка о временной нетрудоспособности по уходу за больным ребенком выдается медицинским работником одному из законных представителей ребенка или близких родственников, непосредственно осуществляющему уход.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z77"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      58. По уходу за больным ребенком, лист и справка о временной нетрудоспособности выдается и продлевается на период, в течение которого он нуждается в уходе, но не более десяти календарных дней. При заболевании ребенка, находящегося с матерью или другим законным представителем ребенка вне места постоянного жительства, лист и справка о временной нетрудоспособности по уходу за больным ребенком выдается как иногородним (за подписью руководителя медицинской организации).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z78"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59. При стационарном лечении ребенка, в том числе в реабилитационном центре, нуждающегося по заключению ВКК в уходе, лист и справка о временной нетрудоспособности по уходу выдается одному из родителей или лицу, ухаживающему за ним при лечении:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) ребенка в возрасте до трех лет - на весь период пребывания ребенка в стационаре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) тяжелобольных детей старше трех лет - на срок, в течение которого ребенок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нуждается в таком уходе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) ребенка-инвалида - на весь период пребывания в стационаре по заключению ВКК;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) по направлению медицинской организацией вне места их постоянного жительства, в том числе за пределы Республики Казахстан, на весь период пребывания в стационаре, включая время, необходимое на проезд в оба конца.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z79"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      60.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если ребенок после выписки из стационара нуждается в уходе, а до госпитализации освобождение от работы для ухода за ним не проводилось, лист и справка о временной нетрудоспособности выдается медицинской организацией по месту жительства на период до десяти календарных дней. Если до госпитализации в стационар по данному заболеванию уже выдавался лист и справка о временной нетрудоспособности, то он выдается на оставшиеся дни (до десяти дней).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z80"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      61. При возникновении у ребенка другого заболевания, не связанного с предыдущим заболеванием в период освобождения по уходу, выдается другой </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и справка о временной нетрудоспособности матери (отцу или другому члену семьи).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z81"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      62. Если ребенок был направлен на лечение за пределы Республики Казахстан, окончательное оформление листа и справки о временной нетрудоспособности проводится ВКК при его возвращении на основании документов о консультации (лечении) в другой стране.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z82"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      63. При одновременном заболевании двух и более детей по уходу за ними выдается один лист и справка о временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z83"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      64. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При заболевании ребенка в период, не требующий освобождения матери (отца) от работы (оплачиваемый ежегодный трудовой отпуск, отпуск по беременности и родам, отпуск без сохранения заработной платы, выходные или праздничные дни, а также при возникновении у ребенка другого заболевания, не связанного с предыдущим), лист временной нетрудоспособности по уходу выдается со дня, когда она (он) должна (должен) приступить к работе, без учета</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней от начала заболевания ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z84"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      65. В случае болезни матери (отца), по которым она (он) не может осуществлять уход за ребенком, лист и справка о временной нетрудоспособности выдается медицинской организацией по месту их лечения одному из членов семьи, фактически осуществляющему уход за ребенком, на срок болезни матери (отца).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z85"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      66. При временной нетрудоспособности лиц, находящихся в отпуске по уходу за больным ребенком, работающих в условиях неполного рабочего дня или на дому, выдается лист временной нетрудоспособности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z86"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      67. Лист и справка о временной нетрудоспособности не выдаются по уходу за хронически больными детьми в период ремиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Выдача листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>при карантине</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      68. При временном отстранении от работы лиц, контактировавших с инфекционными больными, или вследствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бактерионосительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лист и справка о временной нетрудоспособности выдается медицинским работником (врачом-инфекционистом) медицинской организации по представлению врача-эпидемиолога территориального органа санитарно-эпидемиологического надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Продолжительность отстранения от работы в этих случаях определяется сроками изоляции лиц, перенесших инфекционные заболевания и контактировавших с ними.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z89"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      69. При карантине лист и справка о временной нетрудоспособности по уходу за ребенком до семи лет, посещающим дошкольное образовательное учреждение, выдается одному из работающих или обучающихся членов семьи на весь период карантина на основании рекомендаций врача-эпидемиолога территориального органа санитарно-эпидемиологического надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z90"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      70. Лицам, работающим в организациях общественного питания, водоснабжения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>медицинских организаций, детских учреждениях, при наличии у них гельминтоза, лист о временной нетрудоспособности выдается на весь период дегельминтизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Выдача листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>при ортопедическом протезировании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      71. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лист и справка о временной нетрудоспособности при ортопедическом протезировании выдается при госпитализации лица в стационар протезно-ортопедического центра медицинским работником стационара, совместно с руководителем медицинской организации при выписке больного из стационара, на весь период пребывания в стационаре и время проезда к месту лечения и обратно, но не более чем на тридцать календарных дней.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Лицам, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>протезирующимся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в амбулаторно-поликлинических условиях, лист и справка о временной нетрудоспособности не выдаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Выдача листа и справки о временной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нетрудоспособности больным туберкулезом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      72. При обращении лиц с туберкулезом в медицинскую организацию общего профиля выдача листа и справка о временной нетрудоспособности проводится в порядке, указанном в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00562FD8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>анықтамасы</w:t>
+          <w:t>пункте 19</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008528E8">
-[...1510 lines deleted...]
-        <w:t>қытша жарамсыздық парағын бермейді.</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z95"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      73. Лицу, признанному инвалидом, лист и справка о временной нетрудоспособности закрывается датой установления группы инвалидности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z96"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      74. При временной нетрудоспособности за лицом сохраняется его место работы (учебы) после окончания курса лечения без потери квалификации и заработной платы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z97"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      75. Больным туберкулезом без </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бактериовыделения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и достигшим стойкой конверсии мазка мокроты при восстановлении трудоспособности, по решению ЦВКК лист и справка о временной нетрудоспособности могут быть закрыты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z98"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      76. Лицо с впервые выявленным туберкулезным процессом, а также с рецидивом, считается временно нетрудоспособным:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) с чувствительной формой туберкулеза в течение 10 месяцев;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) с множественной лекарственной устойчивостью в течение 12 месяцев;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) с широкой лекарственной устойчивостью в течение 15 месяцев.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Лица, больные туберкулезом, при отсутствии положительного эффекта от лечения (сохранение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бактериовыделения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у больных с легочным туберкулезом и при стойких нарушениях функций организма у больных с внелегочным туберкулезом) направляются на МСЭ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
-[...5404 lines deleted...]
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жарамсызды</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...47 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сараптама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарамсыздық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>Форма</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарамсыздық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...5 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...53 lines deleted...]
-        <w:t>серия № 0000000</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                             серия № 0000000 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10160" w:type="dxa"/>
-[...1495 lines deleted...]
-        <w:tblW w:w="9968" w:type="dxa"/>
+        <w:tblW w:w="10170" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2632"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2101"/>
+        <w:gridCol w:w="10170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidTr="008528E8">
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2587" w:type="dxa"/>
+            <w:tcW w:w="9780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-              <w:t>Қай күннен бастап</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Лист о временной нетрудоспособности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алғашқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалғасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Первичный - продолжение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008528E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / соответствующее подчеркнуть)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9870" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1321"/>
+        <w:gridCol w:w="4365"/>
+        <w:gridCol w:w="1211"/>
+        <w:gridCol w:w="2973"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="3240"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дәрігер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>С</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қалдырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ З</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008528E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аполняется врачом и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>күні, айы/число, месяц)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>остается в медицинской организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2587" w:type="dxa"/>
+            <w:tcW w:w="5970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008528E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>күнге дейін</w:t>
-            </w:r>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) / фамилия, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>имя и отчество временно нетрудоспособного)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>          (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / домашний адрес)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008528E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / место</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>П</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работы - наименование юридического лица)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>(күні мен айы жазумен/число и месяц прописью)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________________________________ 20__ ж.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / число, месяц, год)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>------------------------------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-              <w:t>Дә</w:t>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008528E8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-              <w:t>ігердің қызметі мен тегі/Должность и фамилия врача</w:t>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ фамилия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>врача)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сырқатнаманың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №_____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ истории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болезни_________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>распискаполучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)___________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="2370"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрігері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аполняется</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>врачом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медицинской организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="5970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008528E8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лист о временной нетрудоспособности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алғашқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>парақтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалғасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Первичный -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>            продолжение листка  № __________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - соответствующее подчеркнуть)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия № 0000000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наименование и адрес медицинской организации)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________ 20___ ж. _____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / число, месяц 20_______ г. ХАЖ-10 коды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Возраст (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / полных лет)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)/ Фамилия, имя,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчество временно нетрудоспособного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/место работы, наименование юридического  лица, должность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ХАЖ-10 коды/Код МКБ-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қорытынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ХАЖ-10 коды/Заключительный код МКБ-10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/на казахском или русском языке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекемесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ Печать медицинской организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ер-Муж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әйел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-Жен.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соответствующее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подчеркнуть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="2145"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8175" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздықтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұpi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жіті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>созылмалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аурулардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асқынуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарақаттанған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уланған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасанды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үзген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>науқас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күтім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жукті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>босану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асырап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санаторийлік-курорттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емделу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, карантин, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ортопедиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>протездеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)/ Указать вид временной нетрудоспособности (острое или обострение хронического заболевания, травмы и отравления, искусственное прерывание беременности, уход за больным ребенком, беременность и роды, усыновление/удочерение новорожденного ребенка (детей), долечивание в  санаторно-курортных организациях, карантин, ортопедическое протезирование)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күтім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АХЖ-10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>науқастың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, диагнозы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, карантин </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АХЖ-10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>карантинді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туындатқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о уходу за больным ребенком указать возраст больного и диагноз по МКБ-10, при карантине указать название заболевания по МКБ-10, вызвавшего карантин___________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Санаторийлік-курорттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емделу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жолдама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мерзімінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басталатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бітетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>При санаторно-курортном лечении указать дату начала и окончания срока путевки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8175" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Режим: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Режимді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бұзушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Отметки о нарушении режима</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008528E8">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008528E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008528E8">
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Подпись врача _______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="2010"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стационарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Находился в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Подпись врач</w:t>
-[...10 lines deleted...]
-              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>стационаре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20__ ж.____ 20___ ж. ____ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с ____ 20___ г. по ____ 20___ г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ауыстырылсын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Перевести временно на другую работу с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ ж. __ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20__ ж. ___ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20___ г. по _____ 20_____ г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бас </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Подпись</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>главного врача _____________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МӘС-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жіберілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Направлен на МСЭ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20____ ж. _____ 20____ г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Подпись врача</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәландырылды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Освидетельствован</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20___ ж. ____ 20____ г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сараптама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/Экспертное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заключение _____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МӘС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подпись начальника отдела МСЭ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>МӘС-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мөрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Печать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>/П</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...26 lines deleted...]
-        <w:t>(күні мен айы жазумен/число и месяц прописью)</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>босатылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/Освобождение от работы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10305" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="-664" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="4089"/>
+        <w:gridCol w:w="2004"/>
+        <w:gridCol w:w="1764"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күннен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> какого числа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/число,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>месяц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күнді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алғанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күнге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о какое число включительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жазумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/число и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>месяц прописью)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ Должность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и фамилия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>врача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="81" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="81"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подпись врача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:trHeight w:val="45"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1974" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...27 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кірісу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/П</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...16 lines deleted...]
-        <w:t>Должность, фамилия и подпись врача</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риступить к работе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...36 lines deleted...]
-        <w:t>                                       Печать лечебного учреждения</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/число и месяц прописью)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>Сыртқы беті</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалғасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)/Выдан новый лист (продолжение) №________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  Должность, фамилия и подпись врача</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9870" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9870"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidTr="00562FD8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8460" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекемесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Печать лечебного учреждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> тұлға атауы/наименование юридического лица)</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыртқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>/Таб №______</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/наименование юридического лица) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/отдел ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Должность _________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...45 lines deleted...]
-        <w:t>20___ж.______ дейін</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № _____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>Работа постоянная, временная, сезонная (</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұрақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маусымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>нужное</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...27 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сызылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істемеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ж__ дан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      20___ж. ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...17 lines deleted...]
-        <w:t>кі</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Работа постоянная, временная, сезонная (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>істі 20____ж.</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Не работал с ___20__г. по___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      20____г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>______ дейін</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарамсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20____ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>Выходные дни за период нетрудоспособности (күні/дата) </w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Выходные дни за период нетрудоспособности (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/дата)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Табельшінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ______ К</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
-[...6 lines deleted...]
-        <w:t>Подпись  начальника отдела ________Подпись табельщика________ Дата _____</w:t>
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Подпись начальника отдела _____ Подпись табельщика ____ Дата ___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008528E8" w:rsidRPr="008528E8" w:rsidRDefault="008528E8" w:rsidP="008528E8">
+    <w:p w:rsidR="00562FD8" w:rsidRPr="00562FD8" w:rsidRDefault="00562FD8" w:rsidP="00562FD8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00562FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мө</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008528E8">
+      <w:r w:rsidRPr="00562FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>/Печать</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A75A23" w:rsidRDefault="00A75A23"/>
     <w:sectPr w:rsidR="00A75A23">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -11130,53 +13545,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06E234D2"/>
+    <w:nsid w:val="21503156"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="537C28D0"/>
+    <w:tmpl w:val="ED824468"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11279,53 +13694,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0C7211B1"/>
+    <w:nsid w:val="376D0F08"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AECE93BA"/>
+    <w:tmpl w:val="C2AA871E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11428,53 +13843,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2C8F25A0"/>
+    <w:nsid w:val="3F9A368C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4014A06C"/>
+    <w:tmpl w:val="C342676C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11577,53 +13992,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="43375713"/>
+    <w:nsid w:val="4C21426E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="864EE638"/>
+    <w:tmpl w:val="64629B8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11726,53 +14141,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5351080B"/>
+    <w:nsid w:val="51DA618A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A2A40ABC"/>
+    <w:tmpl w:val="72349EE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11875,53 +14290,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="62064709"/>
+    <w:nsid w:val="5E77355F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B43878E2"/>
+    <w:tmpl w:val="6DA609E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12024,53 +14439,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="75E17E40"/>
+    <w:nsid w:val="75FA46FD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6018D7EE"/>
+    <w:tmpl w:val="46F820AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12173,53 +14588,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="7F3E3A87"/>
+    <w:nsid w:val="7AC64CFE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="11DC6CE6"/>
+    <w:tmpl w:val="D0029A3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12322,92 +14737,91 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008528E8"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsidRoot w:val="00562FD8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rsid w:val="00A75A23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -12558,247 +14972,230 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="icon">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12930,540 +15327,523 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="icon">
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008528E8"/>
+    <w:rsid w:val="00562FD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1731612786">
+    <w:div w:id="426198410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1800536750">
+        <w:div w:id="282808536">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="377629867">
+            <w:div w:id="1006594393">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="228658407">
+                <w:div w:id="1177764560">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="262692254">
+                    <w:div w:id="1823698740">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="130558596">
+            <w:div w:id="1753966929">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="843939321">
+            <w:div w:id="1522284020">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1797405841">
+                <w:div w:id="1915234523">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="815339173">
+                    <w:div w:id="2079666238">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1059205974">
+                    <w:div w:id="1429422826">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="218975322">
+                        <w:div w:id="341133066">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1331517922">
+                    <w:div w:id="1280800891">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1643728967">
+                        <w:div w:id="535433583">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1258756774">
+                    <w:div w:id="665211489">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="663629870">
+            <w:div w:id="367755006">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="79838684">
+                <w:div w:id="535580384">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="9912772">
+                    <w:div w:id="236551563">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1749961977">
+                    <w:div w:id="1891646239">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1335259817">
+                <w:div w:id="95099917">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="933975467">
+                <w:div w:id="2071221334">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1639071484">
+            <w:div w:id="2024697077">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/search/undp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964/info" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adilet.gov.kz/kk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/search/origins" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/origins/V1500010964" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500011310" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/P1400000141" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964/links" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rkao.kz/kk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/index/docs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/Z030000405_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/account" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010589" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964/history" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V15D0010173" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V15D0010173" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010589" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500011356" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z030000405_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500011310" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/V1500010964" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13711,66 +16091,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>41276</Characters>
+  <Pages>15</Pages>
+  <Words>7154</Words>
+  <Characters>40781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>339</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48421</CharactersWithSpaces>
+  <CharactersWithSpaces>47840</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ahmetov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>