--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -2,32229 +2,21876 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E11354" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="8025"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E11354">
-[...12 lines deleted...]
-        <w:ind w:firstLine="5862"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к приказу Министра </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  здравоохранения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  и социального развития </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7367" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от   «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="005C75D5" w:rsidRDefault="004C7367" w:rsidP="004C7367">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 №  «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C75D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...180 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...107 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Определение соответствия (несоответствия) потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233CAB">
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Определение соответствия (несоответствия) потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Стандарт государственной услуги разработан Министерством здравоохранения и социального развития Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="sub1001873328"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>территориальными департаментами Комитета оплаты медицинских услуг Министерства, У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>равлениями здравоохранения областей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, городов Астаны и Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) при непосредственном обращении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">субъекта здравоохранения, претендующего на оказание гарантированного объема бесплатной медицинской помощи (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли его представителя к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результатов оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="660" w:firstLine="48"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0058066D" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан» (далее – Государственная корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D11B81">
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00D11B81" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) со дня истечения окончательного срока представления заявок на участие  – не более 4 (четырех) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В случае необходимости установления достоверности представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов к заявке на участие – в течение 30 (тридцати) календарных дней; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении в </w:t>
+      </w:r>
+      <w:r w:rsidR="00D443AA" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> день приема документов не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов  – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...104 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00D11B81" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пятнадцать)  минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="009A1197" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) максимально допустимое время обслуживания –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 (двадцать)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D443AA" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...192 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00D11B81" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00D11B81" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) выписка из протокола о соответствии (несоответствии) требованиям, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предъявляемым потенциальному поставщику, для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим первичную медико-санитарную помощь (далее–ПМСП) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме согласно приложению 1 к настоящему стандарту государственной услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) выписка из протокола о соответствии (несоответствии) требованиям, предъявляемым потенциальному поставщику для участия в оказании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гарантированного объема бесплатной медицинской помощи (далее–ГОБМП) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме, согласно приложению 2 к настоящему стандарту государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Форма предоставления государственной услуги – бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Государственная услуга оказывается бесплатно субъектам здравоохранения: организациям здравоохранения и физическим лицам, занимающимся частной медицинской практикой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D11B81">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно Трудовому кодексу Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1) көрсет</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявки и выдача результатов оказания государственной услуги устанавливается с 9.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.30 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5182C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается в порядке очереди, без предварительной за</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5182C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>писи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ілетін қызметті беруш</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5182C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной корпорации - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с понедельника по субботу включительно, в соответствии графиком работы с 9.00 часов до 20.00 часов, без перерыва на обед, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5182C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за исключением воскресенья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается в порядке «электронной очереди» без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90E0E" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Потенциальный поставщик, оказывающий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПМСП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПМСП,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>і;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="210"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявку на участие в процедуре определения потенциальных поставщиков для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПМСП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее – заявка на участие)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги с приложением следующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) нотариально засвидетельствованные копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Свидетельства или справки о государственной регистрации (перерегистрации) юридического лица (электронная версия справки нотариально не заверяется);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="000B0335" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:anchor="z8" w:history="1">
+        <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>документа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, предоставляющего право на осуществление предпринимательской деятельности без образования юридического лица, выданного соответствующим государственным органом (для физического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">договора доверительного управления (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицензий на занятие медицинской деятельностью и приложений к ним, подтверждающих право потенциального поставщика на оказание соответствующей медицинской помощи (электронные лицензия и приложения к ней нотариально не заверяются);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удостоверения личности или паспорта (для физического лица);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>устава (в случае, если в уставе не указан состав учредителей, участников или акционеров, также представляются выписка о составе учредителей, участников или нотариально засвидетельствованная копия учредительного договора или выписка из реестра держателей акций);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельства об аккредитации в сфере здравоохранения (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) сведения о квалификации кадров, заверенные подписью первого руководителя и скрепленные печатью потенциального поставщика согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги (при наличии свидетельства об аккредитации данные сведения не представляются);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) доверенность лицу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), представляющему (-им) интересы потенциального поставщика на право подачи, подписания заявки на участие и в заседаниях комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Потенциальный поставщик, претендующий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на оказание ГОБМП,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представляет заявку на участие согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 5 к настоящему стандарту государственной услуги с приложением следующих документов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нотариально засвидетельствованные копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельства или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справки о государственной регистрации (перерегистрации) юридического лица (электронная версия справки нотариально не заверяется);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="000B0335" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:anchor="z8" w:history="1">
+        <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>документа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, предоставляющего право на осуществление предпринимательской деятельности без образования юридического лица, выданного соответствующим государственным органом  (для физического лица);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">договора доверительного управления (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицензий на занятие медицинской деятельностью и приложений к ним, подтверждающих право на оказание соответствующих медицинских услуг на указанной заказчиком территории (электронные лицензия и приложения к ней нотариально не заверяются);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) копии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удостоверения личности или паспорта (для физического лица);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>устава (в случае, если в уставе не указан состав учредителей, участников или акционеров, также представляются выписка о составе учредителей, участников или нотариально засвидетельствованная копия учредительного договора или выписка из реестра держателей акций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельства об аккредитации в сфере здравоохранения (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заключения, выданного уполномоченным органом о его соответствии требованиям к оказанию медицинской помощи по перечню технологий высокоспециализированной медицинской помощи (далее – ВСМП), указанных в его заявке на участие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) гарантийное обязательство с приложением информации, подтверждающей наличие у него запаса материальных ресурсов на срок не менее одного месяца по лекарственным средствам и изделиям медицинского назначения, по продуктам питания для оказания услуг со дня определения его поставщиком до получения оплаты, предусмотренной условиями договора согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z164" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гарантийное письмо о соответствии его положению (положениям) о деятельности организаций здравоохранения, оказывающих соответствующую медицинскую помощь, утвержденному (утвержденным) уполномоченным органом, при заключении договора на весь период его действия (при наличии свидетельства об аккредитации в области здравоохранения гарантийное письмо не представляется);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информация о кредиторской задолженности на текущий период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сведения о квалификации кадров по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги (при наличии свидетельства об аккредитации данные сведения не представляются);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказанные за последние три года и на заявленный период (в случае, если период оказания им медицинской помощи в рамках ГОБМП составляет менее трех лет) сведения о видах и формах медицинской помощи в рамках ГОБМП, в том числе перечень технологий ВСМП согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению 7 к настоящему стандарту государственной услуги, количестве профильных коек (для субъектов здравоохранения, оказывающих стационарную и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стационарозамещающую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь) согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z171" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинской техники, в том числе приобретенной на условиях финансового лизинга согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z171" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договор намерения в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z171" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги на отсутствующие виды/подвиды медицинской деятельности, указанные в заявке на участие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предварительный договор на оказание услуг ГОБМП онкологическим больным между всеми онкологическими диспансерами в соответствии с гражданским законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) доверенность лицу(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), представляющему (-им) его интересы на право подачи, подписания заявки на участие и в заседаниях комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, не являющийся резидентом Республики Казахстан, представляет те же документы, что и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, являющийся резидентом Республики Казахстан, либо аналогичные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка на участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до истечения окончательного срока представления заявок на участие, указанного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в объявлении о проведении процедуры определения потенциальных поставщиков для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим ПМСП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка на участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="000B0335">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение пяти рабочих дней со дня размещения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявления об осуществлении процедуры выбора поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявка на участие представляется в прошитом виде с пронумерованными страницами без исправлений и помарок. При этом последняя страница заявки заверяется подписью первого руководителя и скрепляется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. При подаче </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех необходимых документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нарочно подтверждением принятия заявки является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регистрация секретарем комиссии в журнале регистрации заявок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов через </w:t>
+      </w:r>
+      <w:r w:rsidR="00402834" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  осуществляет выдачу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его представителю по нотариально заверенной доверенности) результата оказания государственной услуги в течение одного месяца после окончания срока оказания государственной услуги.  По истечении указанного срока выдача результата оказания государственной услуги осуществляется по запросу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...25 lines deleted...]
-      <w:r w:rsidR="00534519" w:rsidRPr="00706FA6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00EF75C0" w:rsidRPr="00706FA6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6BD9" w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...214 lines deleted...]
-      <w:r w:rsidRPr="00706FA6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдача </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата оказания государственной услуги осуществляется на основании расписки, при предъявлении удостоверения личности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00635F16" w:rsidRPr="00891EA3">
-[...1170 lines deleted...]
-      <w:r w:rsidR="007E319C" w:rsidRPr="00CA55E9">
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...1911 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="000815E6" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(либо его представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="00502334" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная корпорация</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает хранение результата оказания государственной услуги в течение одного месяца, после чего передает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. </w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца со дня выдачи указанного в расписке за результатом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A30179">
+        <w:t xml:space="preserve">по запросу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>12. Көрсетілетін қызметті беруші көрсетілетін қызметті алушыға (не оның өкіліне нотариаттық куәландырылған сенімхат бойынша) мемлекеттік қызметті көрсету нәтижелерін мемлекеттік қызметті көрсету мерзімі аяқталғаннан кейін бір айдың ішінде тапсырады</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет </w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>результат оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>. Көрсетілген мерзім аяқталғаннан</w:t>
-[...163 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:t xml:space="preserve"> для выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному пунктом 9 настоящего стандарта государственной услуги, работник </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1BEA" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявки на участие и выдает расписку об отказе в приеме документов по форме согласно приложению 11 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствующего местного исполнительного органа, указанного в пункте 13 настоящего стандарта государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>или Министерства,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">13. Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, </w:t>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>010000,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік корпорация</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>г. Астана, улица Орынбор, 8, Дом Министерств, подъезд № 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілетін қызметтің стандартына 11-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>Жалобы принимаются в письменной форме по почте либо нарочно через услугодателя, канцелярию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующего местного исполнительного органа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующего местного исполнительного органа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае некорректного обслуживания работником </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы в </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал информацию о порядке обжалования можно получить по телефону единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1414. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В жалобе услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) физического лица – указываются его фамилия, имя, отчество (при его наличии), почтовый адрес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) юридического лица – его наименование, почтовый адрес, исходящий номер и дата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, соответствующего местного исполнительного органа, Министерства или </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее  регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством почтовой связи либо выдается нарочно в помещении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в канцелярии соответствующего местного исполнительного органа, Министерства или </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Иные требования с учетом особенностей оказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Адреса мест оказания государственной услуги размещены</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2D35" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mzsr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уравлений</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения областей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, городов Астаны и Алматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="007B2D35" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="S00"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "http://www.con.gov.kz"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0056499C" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на стендах в помещениях </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17.Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ортала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>диного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контак</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Контактные телефоны справочных служб по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства, соответствующего местного исполнительного органа. Единый контакт-центр по вопросам оказания государственных услуг: 1414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выписка из протокола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о соответствии (несоответствии) требованиям, предъявляемым к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>потенциальному поставщику, для участия в кампании свободного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к субъектам здравоохранения, оказывающим первичную медико-санитарную помощь*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «__» _________ 20__ год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(местонахождение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия, созданная приказом ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             (наименование заказчика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от ___________________________20____года №___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   (название приказа)           по результатам рассмотрения заявки на участие в процедуре определения потенциальных поставщиков для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим первичную медико-санитарную помощь, на _____________год путем открытого голосования РЕШИЛА: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствует (не соответствует) предъявляемым требованиям и допущен (не допущен) к участию кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим ПМСП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 подпись, фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение  2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="sub1002148243"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарту государственной услуги</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007619BE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="007619BE" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выписка из протокола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о соответствии (несоответствии) требованиям,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предъявляемым к потенциальному поставщику</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «__» _________ 20__ год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (местонахождение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссия, созданная приказом ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             (наименование заказчика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от ___________________________20____года №___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   (название приказа)     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по результатам рассмотрения заявки на участие в процедуре выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи путем открытого голосования РЕШИЛА: __________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует (не соответствует) предъявляемым требованиям и допущен (не допущен) к участию в процедуре размещения гарантированного объема бесплатной медицинской помощи на ____________год.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007619BE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00CA55E9">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 подпись, фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...259 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00480763" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00480763" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00480763" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00CA55E9" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="00EE53CA" w:rsidRPr="00CA55E9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00CA55E9" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение  3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>на участие в процедуре определения потенциальных поставщиков для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>участия в кампании свободного прикрепления граждан Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим первичную медико-санитарную помощь (далее – ПМСП</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Сведения о юридическом (физическом) лице, претендующем на участие  в процедуре определения потенциальных поставщиков для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим ПМСП (далее – потенциальный поставщик ПМСП):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">юридический, почтовый адрес и контактные телефоны потенциального поставщика ПМСП; банковские реквизиты потенциального поставщика ПМСП (ИИН, БИН, ИИК), а также полное наименование и адрес банка или его филиала в котором потенциальный поставщик ПМСП обслуживается; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика ПМСП.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z116"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. ___________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                   (наименование потенциального поставщика) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      настоящей заявкой выражает желание принять участие в процедуре определения потенциальных поставщиков для участия в кампании свободного прикрепления граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к субъектам здравоохранения, оказывающим ПМСП в качестве потенциального поставщика в соответствии с требованиями и условиями, предусмотренными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="004304E5">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи и возмещения его затрат.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z117"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Настоящей заявкой подтверждает отсутствие нарушений требований, предъявляемых к потенциальному поставщику и достоверность представленных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _____________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            (наименование документа с указанием количества листов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________/_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      (Должность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дата заполнения ______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="00EE53CA" w:rsidRPr="00CA55E9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...257 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA55E9">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00CA55E9">
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...167 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о квалификации кадров *</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3305 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="478"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1022"/>
+        <w:gridCol w:w="452"/>
+        <w:gridCol w:w="919"/>
+        <w:gridCol w:w="1069"/>
+        <w:gridCol w:w="1231"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="1591"/>
+        <w:gridCol w:w="1248"/>
+        <w:gridCol w:w="927"/>
+        <w:gridCol w:w="740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="00237D86" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="558" w:type="dxa"/>
+            <w:tcW w:w="681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Т.А.Ә.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Атқаратын</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Занимаемая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>лауазымы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>должность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcW w:w="1909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...148 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(№ диплома,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и год</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>окончания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1647" w:type="dxa"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Мамандығы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...26 lines deleted...]
-              <w:t>өтілі</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2418" w:type="dxa"/>
+            <w:tcW w:w="3288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...177 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>специалиста с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(без) присвоением</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(№ и дата выдачи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...48 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>повышении</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификации за</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>последние</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5 лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(при его</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>наличии)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...97 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...137 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>о наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ученой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>степени,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>звания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(при его</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1738" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Жұ</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приказ о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>приеме на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>работу</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>мыс</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(№, </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...96 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="558" w:type="dxa"/>
+            <w:tcW w:w="681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcW w:w="1909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1647" w:type="dxa"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2418" w:type="dxa"/>
+            <w:tcW w:w="3288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1738" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="558" w:type="dxa"/>
+            <w:tcW w:w="681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1793" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcW w:w="1909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1647" w:type="dxa"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2418" w:type="dxa"/>
+            <w:tcW w:w="3288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2102" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1738" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *при наличии свидетельства об аккредитации данные сведения не представляются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель ___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.П.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...483 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="00213AAF" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказчику _______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(наименование заказчика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на участие в процедуре выбора поставщика услуг по оказанию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>гарантированного объема бесплатной медицинской помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сведения о юридическом (физическом) лице, претендующем на участие в процедуре выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи (далее – потенциальный поставщик):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридический, почтовый адрес и контактные телефоны потенциального поставщика;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      банковские реквизиты потенциального поставщика (ИИН, БИН, ИИК), а также полное наименование и адрес банка или его филиала, в котором потенциальный поставщик обслуживается;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z155"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Заявляет на следующий (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) вид (-ы) медицинской помощи: ________________, по форме (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) медицинской помощи: _________________, в том числе по следующим технологиям ВСМП __________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z157"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. * Настоящей заявкой подтверждает привлечение субподрядчика (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">______________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                (наименование субподрядчика )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>для оказания следующего (-их) вида (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) услуг: ____________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                  (виды услуг)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z158"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4.____________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">            (наименование потенциального поставщика) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>настоящей заявкой выражает желание принять участие в процедуре выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи в качестве потенциального поставщика в соответствии с требованиями и условиями, предусмотренными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="004304E5">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи и возмещения его затрат.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z159"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. * Настоящей заявкой подтверждает отсутствие у субподрядчика нарушений требований, предъявляемых к субподрядчику и достоверность представленных сведений на последнего. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Настоящей заявкой подтверждает отсутствие нарушений требований, предъявляемых к потенциальному поставщику и достоверность представленных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _____________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>          (наименование документа с указанием количества листов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________/_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      (должность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>            М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дата заполнения ______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>      * заполняется в случае привлечения субподрядчика (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...10 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гарантийное обязательство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гарантирует наличие запаса лекарственных средств, изделий медицинского назначения и продуктов питания на срок не менее одного месяца для обеспечения бесперебойного осуществления медицинской помощи с приложением следующей информации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Информация о запасах лекарственных средств; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Информация о запасах изделий медицинского назначения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...1182 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...343 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запасах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продуктов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>ақпарат</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...47 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...26 lines deleted...]
-        <w:t>ілік</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запасах</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>заттардың</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лекарственных</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>қорлары</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средств</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="767"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1937"/>
+        <w:gridCol w:w="1397"/>
+        <w:gridCol w:w="2342"/>
+        <w:gridCol w:w="1955"/>
+        <w:gridCol w:w="2048"/>
+        <w:gridCol w:w="1714"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="942" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...26 lines deleted...]
-              <w:t>ілік</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>заттың</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лекарственного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>средства</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2631" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Өлшем</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единица</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бірлігі</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>измерения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="942" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2631" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="942" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2631" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2632" w:type="dxa"/>
+            <w:tcW w:w="2773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...146 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Информация о запасах изделий медицинского назначения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="773"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="3555"/>
+        <w:gridCol w:w="1898"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="1513"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Медициналық</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>мақсаттағы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>изделий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бұйымның</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинского</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>назначения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Өлшем</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единица</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бірлігі</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>измерения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>Тамақ</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запасах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>өнімдерінің</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продуктов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>қорлары</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="781"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="3555"/>
+        <w:gridCol w:w="1898"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="1513"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Тамақ</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>өнімдерінің</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>продуктов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>питания</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Өлшем</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единица</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бірлігі</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>измерения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5934" w:type="dxa"/>
+            <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E32958">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае аутсорсинга прилагаются копии заключенных договоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________/___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(должность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1016 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.П..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRPr="004304E5" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Сведения о видах и формах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>медицинской помощи, оказанных в рамках гарантированного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> объема бесплатной медицинской помощи </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> последние 3 года* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>и заявленные на _________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(период)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1544"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="908"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="689"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Медициналық</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Виды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>көмектің</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинской</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>түрлері</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Медициналық</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Формы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>көмектің</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинской</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>нысандары</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Медициналық</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>көмектің</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинской</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>нысандары</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помощи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ға</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заявка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>арналған</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20_ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>өтінім</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>сомасы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сумма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1751" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcW w:w="1317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
+            <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...114 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * если период оказания потенциальным поставщиком медицинской помощи в рамках гарантированного объема бесплатной медицинской помощи составляет менее трех лет, сведения представляются за иной период. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Сведения о перечне технологий *</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...135 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> высокоспециализированной медицинской помощи (далее – ВСМП), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...222 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>оказанных в рамках гарантированного объема бесплатной медицинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">помощи </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> последние 3 года** и заявленные на _______________ ***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...76 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (период)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2174"/>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="868"/>
+        <w:gridCol w:w="2004"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="940"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="2037"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcW w:w="653" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...34 lines deleted...]
-              <w:t>№</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> коды</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МКБ 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>технологияларының</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>технологии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ВСМП</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>технологияларының</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> саны</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>технологии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВСМП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3673" w:type="dxa"/>
+            <w:tcW w:w="4070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...220 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ и дата заключения на соответствие его требованиям к оказанию медицинской помощи по перечню технологий</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="1128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcW w:w="1514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ға</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заявка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>арналған</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>өтінім</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcW w:w="653" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcW w:w="2190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="1128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcW w:w="1299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcW w:w="1514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3673" w:type="dxa"/>
+            <w:tcW w:w="4070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
+            <w:r w:rsidRPr="004304E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E32958">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * заполняется в случае заявки на оказание технологий ВСМП;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ** если период оказания потенциальным поставщиком медицинской помощи в рамках гарантированного объема бесплатной медицинской помощи составляет менее трех лет, сведения представляются за иной период</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *** </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае изменения перечня технологий ВСМП в пределах суммы договора в период действия договора поставщик предоставляет заказчику заключение, выданное в порядке, определяемом уполномоченным органом. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________/________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRPr="004304E5" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Сведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>о коечном фонде потенциального поставщика, оказывающего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">стационарную и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>Ескертпе</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стационарозамещающую</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь в рамках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>      *</w:t>
+        <w:t>гарантированного объема бесплатной медицинской помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...620 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...1272 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> последние 3 года* и на планируемый ___ период</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1035"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1110"/>
+        <w:gridCol w:w="919"/>
+        <w:gridCol w:w="3952"/>
+        <w:gridCol w:w="1187"/>
+        <w:gridCol w:w="1187"/>
+        <w:gridCol w:w="1187"/>
+        <w:gridCol w:w="1024"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:tcW w:w="4039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Төсек</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>орын</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>профиля</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...46 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>койки</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Төсек</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Число</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>орындар</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>коек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">20__ </w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20___ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">20__ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:tcW w:w="4039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4788" w:type="dxa"/>
+            <w:tcW w:w="4039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="000B0335" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...206 lines deleted...]
-              <w:t xml:space="preserve"> саны)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ИТОГО (общее количество коек для оказания гарантированного объема бесплатной медицинской помощи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2066" w:type="dxa"/>
+            <w:tcW w:w="2100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * если период оказания потенциальным поставщиком медицинской помощи в рамках гарантированного объема бесплатной медицинской помощи составляет менее трех лет, сведения представляются за иной период</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________/________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олжность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D018B" w:rsidRPr="004304E5" w:rsidRDefault="003D018B" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Приложение 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...114 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...145 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...203 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Сведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...507 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">о наличии медицинской техники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="685"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1929"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="2465"/>
+        <w:gridCol w:w="2809"/>
+        <w:gridCol w:w="1429"/>
+        <w:gridCol w:w="2093"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="960"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>№</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3325" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Медициналық</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>техниканың</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинской</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>техники</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...177 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В том числе </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приобретенная</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на условиях финансового лизинга (да/нет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>Шыққан</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-              <w:t>жылы</w:t>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выпуска</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3533" w:type="dxa"/>
+            <w:tcW w:w="2909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3325" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3533" w:type="dxa"/>
+            <w:tcW w:w="2909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidTr="008563F0">
+      <w:tr w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidTr="000261C7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="828" w:type="dxa"/>
+            <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3325" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3533" w:type="dxa"/>
+            <w:tcW w:w="2909" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="008563F0">
+          <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="000261C7">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="004304E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________/________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя потенциального поставщика и его подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Договор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>о намерениях на оказание консультативно-диагностических услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>гарантированного объема бесплатной медицинской помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___» __________ 20__ года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (местонахождение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________, в лице ______________________________,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>  (</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование субъекта здравоохранения) (должность, фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действующего на основании ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Устава, Положения, удостоверения личности или доверенности (№, дата выдачи, кем выдано, срок действия ) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>әлеуетті</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и.т.д</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и находящегося по адресу: _________________________, именуемый (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (местонахождение субъекта здравоохранения) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дальнейшем «Сторона 1» и ________________________________________, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование субъекта здравоохранения) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в лице ___________________________________, действующего на основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (должность, фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Устава, Положения, удостоверения личности или доверенности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (№, дата выдачи, кем выдано, срок действия) </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>қызметтер</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и.т.д</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и находящегося по адресу: ________________________, именуемый (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (местонахождение субъекта здравоохранения) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дальнейшем «Сторона 2», совместно именуемые в дальнейшем «Стороны» в соответствии с Гражданским кодексом Республики Казахстан заключили настоящий договор о нижеследующем:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В рамках настоящего договора Сторона 2 обязуется на договорной основе предоставлять Стороне 1 консультативно-диагностические услуги гарантированного объема бесплатной медицинской помощи (далее – ГОБМП) в соответствии с лицензиями и приложениями к ней Стороны 2 на следующие подвиды медицинской деятельности _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закону Республики Казахстан «О разрешениях и уведомлениях»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на территории _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (место оказания услуги: село, поселок, сельский округ, район в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городе, город, район, область</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае заключения договора на оказание ГОБМП Стороной 1 с ____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование заказчика – управление здравоохранения области, городов Астаны и Алматы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением Правительства Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 25 октября 2012 года № 1358 «Об утверждении Правил выбора поставщика услуг по оказанию гарантированного объема бесплатной медицинской помощи и возмещения его затрат».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Настоящий договор вступает в силу с момента его подписания Сторонами и действует до заключения договора об оказании услуг по оказанию гарантированного объема бесплатной медицинской помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Настоящий договор может быть прекращен досрочно по соглашению Сторон.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Адреса, реквизиты, подписи и печати Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Определение соответствия (несоответствия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциального поставщика услуг гарантированного объема бесплатной медицинской помощи предъявляемым требованиям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расписка </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об отказе в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="770"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководствуясь подпунктом 2 статьи 20 Закона Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">от 15 апреля 2013 года «О государственных услугах», отдел №__ филиала </w:t>
+      </w:r>
+      <w:r w:rsidR="003201AA" w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать адрес) отказывает в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов на оказание государственной услуги (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать наименование государственной услуги в соответствии со стандартом государственной услуги) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отсутствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящая расписка составлена в 2  экз., по одному для каждой стороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>берушінің</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(работника центра) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исп. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тел.__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Получил:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...17 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E32958">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___» _________ 20__ г.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E32958">
-[...156 lines deleted...]
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
+    </w:p>
+    <w:p w:rsidR="0056499C" w:rsidRPr="004304E5" w:rsidRDefault="0056499C" w:rsidP="0056499C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...150 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE77C9" w:rsidRDefault="0056499C" w:rsidP="0056499C">
+      <w:r w:rsidRPr="004304E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004304E5">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1654 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635F16" w:rsidRPr="00E32958" w:rsidRDefault="00635F16" w:rsidP="00635F16">
-[...514 lines deleted...]
-    <w:sectPr w:rsidR="00AF22A0">
+    <w:sectPr w:rsidR="00BE77C9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...27 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00F14676"/>
+    <w:nsid w:val="2EE720C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6F6F068"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="85300E96"/>
+    <w:lvl w:ilvl="0" w:tplc="0BECD16A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="023D7DFF"/>
-[...2728 lines deleted...]
-  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="55CF1E34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE8EE9F6"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...1363 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39">
-[...227 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="22"/>
-[...13 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...34 lines deleted...]
-    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
-[...65 lines deleted...]
-  <w:num w:numId="23">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...79 lines deleted...]
-    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0078760F"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F02EB3"/>
+    <w:rsidRoot w:val="00FB0961"/>
+    <w:rsid w:val="000B0335"/>
+    <w:rsid w:val="00237D86"/>
+    <w:rsid w:val="003201AA"/>
+    <w:rsid w:val="003C0864"/>
+    <w:rsid w:val="003D018B"/>
+    <w:rsid w:val="00402834"/>
+    <w:rsid w:val="004C7367"/>
+    <w:rsid w:val="00502334"/>
+    <w:rsid w:val="0056499C"/>
+    <w:rsid w:val="0058066D"/>
+    <w:rsid w:val="005C6BD9"/>
+    <w:rsid w:val="006151A6"/>
+    <w:rsid w:val="006B1BEA"/>
+    <w:rsid w:val="007B2D35"/>
+    <w:rsid w:val="007E0AC1"/>
+    <w:rsid w:val="00BE77C9"/>
+    <w:rsid w:val="00C9229C"/>
+    <w:rsid w:val="00D443AA"/>
+    <w:rsid w:val="00E5182C"/>
+    <w:rsid w:val="00E90E0E"/>
+    <w:rsid w:val="00FB0961"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -32313,1271 +21960,255 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...48 lines deleted...]
-      <w:lang w:eastAsia="zh-TW"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...145 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...29 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
-    </w:rPr>
-[...50 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00635F16"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Normal (Web)"/>
-[...115 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...109 lines deleted...]
-    <w:name w:val="Нижний колонтитул Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
-[...541 lines deleted...]
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
-    <w:name w:val="Без интервала1"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00635F16"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0056499C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Средняя сетка 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="S00">
+    <w:name w:val="S0"/>
+    <w:rsid w:val="0056499C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -33666,1252 +22297,237 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...48 lines deleted...]
-      <w:lang w:eastAsia="zh-TW"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...145 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...29 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
-    </w:rPr>
-[...50 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00635F16"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Normal (Web)"/>
-[...115 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...109 lines deleted...]
-    <w:name w:val="Нижний колонтитул Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
-[...541 lines deleted...]
-    <w:rsid w:val="00635F16"/>
+    <w:rsid w:val="0056499C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
-    <w:name w:val="Без интервала1"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00635F16"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0056499C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Средняя сетка 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0056499C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="S00">
+    <w:name w:val="S0"/>
+    <w:rsid w:val="0056499C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P080001325_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P080001325_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet/rus/docs/P1200001358" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -35160,65 +22776,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>5381</Words>
-  <Characters>30675</Characters>
+  <Words>5598</Words>
+  <Characters>31912</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>255</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>265</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35985</CharactersWithSpaces>
+  <CharactersWithSpaces>37436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>