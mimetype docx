--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,11830 +1,5437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00704EAC" w:rsidRDefault="00704EAC" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...45 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и социального развития </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...43 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от «___»____________2015 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:contextualSpacing/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00B66861" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00B66861" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB730D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прикрепление к медицинской организации, оказывающей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первичную</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медико-санитарную помощь»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>көрсететін</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00704EAC" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Государственная услуга «Прикрепление к медицинской организации, оказывающей первичную медико-санитарную помощь» (далее – государственная услуга).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством здравоохранения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и социального развития</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (далее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерство).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается медицинскими организациями, оказывающими первичную медико-санитарную</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...112 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственной услуги осуществляется </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...7 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...57 lines deleted...]
-    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D6FA9" w:rsidRDefault="002D6FA9" w:rsidP="002D6FA9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:jc w:val="center"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при непосредственном обращении или по телефонной связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00704EAC" w:rsidRDefault="00176C1F" w:rsidP="00704EAC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-порт</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства» </w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00704EAC" w:rsidRPr="00704EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E073A0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – 1 (один) рабочий день;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов – </w:t>
+      </w:r>
+      <w:r w:rsidR="00234F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(тридцать) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00234F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30 (тридцать) минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга в электронном формате оказывается в день обращения на портал. При этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрос на оказание государственной услуги принимается за 2 часа до окончания работы </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (до 18.00 часов в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>рабочие дни, до 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 часов в субботу).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги: электронная (частично автоматизированная) и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(или) бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уведомление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (талон) о прикреплении в бумажном виде (в произвольной форме) или в форме электронного документа, подписанной электронной цифровой подписью (далее – ЭЦП) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Государственная услуга оказывается бесплатно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. График работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – с понедельника по суб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>боту (понедельник – пятница с 8.00 до 20.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 ча</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сов без перерыва, в субботу с 9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 до 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 часов, кроме выходных (воскресенье) и праздничных дней согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рудовому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кодексу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) портала – круглосуточно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за исключением технических перерывов, связанных с проведением ремонтных работ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рудовому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его представителя по доверенности):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление произвольной формы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность</w:t>
+      </w:r>
+      <w:r w:rsidR="00704EAC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для идентификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при непосредственном обращении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) на портал:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">запрос в форме электронного документа, удостоверенного ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Сведения о документах, удостоверяющих личность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D134C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:t>1. «</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>Медициналық-санитариялық</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, действи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бездействи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>алғашқы</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обжалуются путем подачи жалобы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>адресу, указанному в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункте 12 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо по адресу: 010000, г. Астана, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Орынбор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 8, Дом Министерств, подъезд № 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. После регистрации жалоба направляется руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства для определения ответственного исполнителя и принятия соответствующих мер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал информацию о порядке обжалования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>көмек</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> беру»</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством единого </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>өрсетілетін</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг по телефону: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке электронного обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении жалобы).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>қызмет</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, рассматривается в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB38C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>бұдан</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щается в суд в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги, в том числе оказываемой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в электронной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>әрі</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>қызмет</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">2. </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, раздел «Государственные услуги».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, а также единого </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...2182 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>күндері</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 18.00-ге </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>дейін</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">5. </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>Көрсетілетін</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00F47A00" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00EE09C0" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Прикрепление к медицинской организации,</w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="00EB730D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывающей первичную медико-санитарную </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="00EB730D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00176C1F" w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помощь»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00156A06" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00156A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уведомление (талон) о прикреплении (электронная форма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Уважаемый (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) _________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6006B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________ Вы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прикреплены к медицинской организации «________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6006B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______».</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электронно-цифровая подпись руководителя </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E073A0">
-[...5 lines deleted...]
-        <w:t>қызметтің</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E073A0">
-[...8136 lines deleted...]
-    <w:sectPr w:rsidR="00A75A23" w:rsidRPr="00E073A0">
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="00D4531C" w:rsidRDefault="00176C1F" w:rsidP="00F86328">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F1D3D" w:rsidRPr="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000F1D3D" w:rsidRPr="00176C1F" w:rsidSect="00CB38C9">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008A442E" w:rsidRDefault="008A442E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008A442E" w:rsidRDefault="008A442E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008A442E" w:rsidRDefault="008A442E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008A442E" w:rsidRDefault="008A442E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="000129FB" w:rsidRDefault="00343C08">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00176C1F">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00234F51">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="000129FB" w:rsidRDefault="008A442E">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="262F159D"/>
+    <w:nsid w:val="631E3D55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7AFC9524"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="C2060194"/>
+    <w:lvl w:ilvl="0" w:tplc="D3E8E4CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...176 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00140479"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E073A0"/>
+    <w:rsidRoot w:val="00176C1F"/>
+    <w:rsid w:val="000140A1"/>
+    <w:rsid w:val="000F1D3D"/>
+    <w:rsid w:val="00176C1F"/>
+    <w:rsid w:val="00234F51"/>
+    <w:rsid w:val="002D6FA9"/>
+    <w:rsid w:val="0031340F"/>
+    <w:rsid w:val="00343C08"/>
+    <w:rsid w:val="0045517C"/>
+    <w:rsid w:val="005C2AA8"/>
+    <w:rsid w:val="00704EAC"/>
+    <w:rsid w:val="0076490B"/>
+    <w:rsid w:val="008351B1"/>
+    <w:rsid w:val="008A442E"/>
+    <w:rsid w:val="0091310F"/>
+    <w:rsid w:val="00C953CF"/>
+    <w:rsid w:val="00EC6A78"/>
+    <w:rsid w:val="00EE09C0"/>
+    <w:rsid w:val="00F6006B"/>
+    <w:rsid w:val="00F86328"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -11938,322 +5545,208 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00176C1F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A24563"/>
+    <w:rsid w:val="00176C1F"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак Знак,Знак4 Знак Знак,Обычный (Web),Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00176C1F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак Знак Знак,Знак4 Знак Знак Знак,Обычный (Web) Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00176C1F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E073A0"/>
+    <w:rsid w:val="00176C1F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00176C1F"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...168 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00F86328"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-    <w:name w:val="No List"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...17 lines deleted...]
-    <w:rsid w:val="00E073A0"/>
+    <w:rsid w:val="00F86328"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1569681956">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mzsr.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12499,68 +5992,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4813</Characters>
+  <Pages>5</Pages>
+  <Words>1021</Words>
+  <Characters>5826</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5646</CharactersWithSpaces>
+  <CharactersWithSpaces>6834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ahmetov</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>