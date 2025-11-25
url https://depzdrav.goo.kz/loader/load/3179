--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,13207 +1,6195 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E07FE3" w:rsidRPr="00E07FE3" w:rsidRDefault="00E07FE3" w:rsidP="00E07FE3">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="004E3F3A" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и социального развития </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от «___»____________2015 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туберкулезно</w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга «Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6" w:rsidRPr="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противотуберкулезной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее – государственная услуга).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Стандарт государственной услуги разработан Министерством здравоохранения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и социального развития </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организациями здравоохранения</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>Қазақстан</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0008516E" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F725B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>60 (шестьдесят) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи  документов –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F725B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30 (тридцать) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>Республикасының</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F725B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30 (тридцать) минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – справка с </w:t>
+      </w:r>
+      <w:r w:rsidR="00F725B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туберкулезно</w:t>
+      </w:r>
+      <w:r w:rsidR="00F725B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - справка) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению 1 к настоящему стандарту государственной услуги, подписанная врачом-фтизиатром, заверенная личной врачебной печатью и печатью </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>Денсаулық</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с регистрацией справки в журнале регистрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4EC7" w:rsidRPr="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противотуберкулезной организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выдается после проверки в базе данных «Национальный регистр больных туберкулезом».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок действия справки – 10</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> календарных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается на платной основе</w:t>
+      </w:r>
+      <w:r w:rsidR="0008516E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость оказания государственной услуги определяется </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>сақтау</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>статьей 35 Кодекса Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 18 сентября 2009 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О здоровье народа и системе здравоохранения» и размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>және</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, указанном в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункте 12 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо в помещениях </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>әлеуметті</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оплата производится за наличный расчет в кассе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – с понедельника по пятницу включительно с 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 до 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 часов без перерывов кроме выходных и праздничных дней согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рудовому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кодексу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в порядке очереди. Предварительная запись и ускоренное обслуживание не </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Последний запрос на получение государственной услуги принимается за 30 (тридцать) минут до окончания работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (17.30 часов в рабочие дни).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) рентген или флюорографические снимки с заключением рентгенолога, выполненные в течение последних 12 месяцев, а для лиц, устраивающихся на работу в медицинские организации, детские дошкольные и школьные организации – не позднее 1 месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вопросам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, действи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бездействи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обжалуется путем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалоб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства по адресу, указанному в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункте 12 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо по адресу: 010000, г. Астана, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Орынбор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 8, Дом Министерств, подъезд № 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. После регистрации жалоба направляется руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства для определения ответственного исполнителя и принятия соответствующих мер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Министерства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, рассматривается в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в суд в установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, раздел «Государственные услуги» либо в помещениях </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> даму </w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>министрінің</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">2015 </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6" w:rsidRPr="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противотуберкулезной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">с  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2F03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туберкулезно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2F03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдана гр-ну (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...5 lines deleted...]
-        <w:t>жылғы</w:t>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гр-ке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E07FE3">
-[...531 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)_________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...231 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007876FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...210 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия, Имя, Отчество (при его наличии) и дата рождения </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>сақтау</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007876FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007876FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D3C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В том, что он (она) по данным «Национального регистра больных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туберкулезом на диспансерном учете не состоит (или состоит, в этом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>случае указать дату постановки на учет и диагноз).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия, Имя, Отчество </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F42254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> врача-фтизиатра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  подпись __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вверху ставится штамп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выдавшего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="004647D6" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00503FCF" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E15D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4EC7" w:rsidRPr="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противотуберкулезной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037546F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="0037546F" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Журнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...163 lines deleted...]
-        <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регистрации предоставления государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справки с </w:t>
+      </w:r>
+      <w:r w:rsidR="00E736C6" w:rsidRPr="00E736C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противотуберкулезной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002512FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...11440 lines deleted...]
-    <w:sectPr w:rsidR="00A75A23" w:rsidRPr="00E07FE3" w:rsidSect="007423EE">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="009D3C4B" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1262"/>
+        <w:gridCol w:w="1095"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1206"/>
+        <w:gridCol w:w="1559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F42254" w:rsidRPr="00F725B4" w:rsidTr="0054358D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обращения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="002512FC" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">амилия, Имя, Отчество </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>получателя услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-260" w:firstLine="280"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Пол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ашний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Место работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ справки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">амилия, Имя, Отчество </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002512FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>врача, выдавшего справку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidTr="0054358D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="0054358D">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00946FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42254" w:rsidRPr="00946FC3" w:rsidRDefault="00F42254" w:rsidP="00F42254">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F1D3D" w:rsidRDefault="000F1D3D"/>
+    <w:sectPr w:rsidR="000F1D3D" w:rsidSect="008E15D5">
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00397D02" w:rsidRDefault="00397D02" w:rsidP="009A4EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00397D02" w:rsidRDefault="00397D02" w:rsidP="009A4EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-</w:numbering>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00397D02" w:rsidRDefault="00397D02" w:rsidP="009A4EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00397D02" w:rsidRDefault="00397D02" w:rsidP="009A4EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1045600683"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="009A4EC7" w:rsidRDefault="00C23367">
+        <w:pPr>
+          <w:pStyle w:val="a5"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="009A4EC7">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00CA2F03" w:rsidRPr="00CA2F03">
+          <w:rPr>
+            <w:noProof/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="009A4EC7" w:rsidRDefault="009A4EC7">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="95"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E23403"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E23403"/>
+    <w:rsidRoot w:val="00F42254"/>
+    <w:rsid w:val="0008516E"/>
+    <w:rsid w:val="000F1D3D"/>
+    <w:rsid w:val="00116B72"/>
+    <w:rsid w:val="00397D02"/>
+    <w:rsid w:val="003D1A39"/>
+    <w:rsid w:val="0040703B"/>
+    <w:rsid w:val="004A1CDE"/>
+    <w:rsid w:val="004E3F3A"/>
+    <w:rsid w:val="00560644"/>
+    <w:rsid w:val="00832D18"/>
+    <w:rsid w:val="008F5908"/>
+    <w:rsid w:val="009A4EC7"/>
+    <w:rsid w:val="00AC2AE5"/>
+    <w:rsid w:val="00C23367"/>
+    <w:rsid w:val="00CA2F03"/>
+    <w:rsid w:val="00E736C6"/>
+    <w:rsid w:val="00F42254"/>
+    <w:rsid w:val="00F725B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -13315,322 +6303,180 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F42254"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
-[...187 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00E736C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-    <w:name w:val="No List"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:rsid w:val="00E736C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="007423EE"/>
+    <w:rsid w:val="009A4EC7"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009A4EC7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E07FE3"/>
+    <w:rsid w:val="009A4EC7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009A4EC7"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mzsr.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13874,86 +6720,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5363</Characters>
+  <Pages>5</Pages>
+  <Words>999</Words>
+  <Characters>5696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6291</CharactersWithSpaces>
+  <CharactersWithSpaces>6682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ahmetov</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>