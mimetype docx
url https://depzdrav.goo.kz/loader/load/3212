--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,4407 +1,5645 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00921216" w:rsidRDefault="00921216"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="002B6936" w:rsidRPr="00AB43E4" w:rsidRDefault="002B6936" w:rsidP="001A742A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...291 lines deleted...]
-    <w:p w:rsidR="00921216" w:rsidRPr="00807DE9" w:rsidRDefault="00921216" w:rsidP="00F82A86">
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82A86" w:rsidRDefault="00F82A86" w:rsidP="00F82A86">
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B3D6D" w:rsidRPr="00F27BB0" w:rsidRDefault="007B3D6D" w:rsidP="00F82A86">
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A742A" w:rsidRPr="00AB43E4" w:rsidRDefault="001A742A" w:rsidP="001A742A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B6936" w:rsidRPr="00AB43E4" w:rsidRDefault="002B6936" w:rsidP="00C22114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C22114" w:rsidRPr="00F5225A" w:rsidRDefault="00C22114" w:rsidP="00C22114">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F0338" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкім</w:t>
+      </w:r>
+      <w:r w:rsidR="0058410E" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0338" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 жылғы 28 мамырдағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0338" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Денсаулық сақтау саласындағы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0338" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызмет </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002533BF" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенттерін бекіту туралы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002533BF" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B3D6D">
-[...321 lines deleted...]
-      <w:r w:rsidRPr="00F27BB0">
+      <w:r w:rsidRPr="00AB43E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>160/5 қаулысына өзгерістер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC6A7E" w:rsidRDefault="00921216" w:rsidP="00F82A86">
+    <w:p w:rsidR="003F0338" w:rsidRPr="00AB43E4" w:rsidRDefault="003F0338" w:rsidP="00165E20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...153 lines deleted...]
-        <w:t>) следующие изменения:</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енгізу туралы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F7332" w:rsidRDefault="002F7332" w:rsidP="00F82A86">
+    <w:p w:rsidR="009947C4" w:rsidRPr="00515F4A" w:rsidRDefault="009947C4" w:rsidP="00165E20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E61CC3" w:rsidRDefault="00CC6A7E" w:rsidP="00F82A86">
+    <w:p w:rsidR="008F27FF" w:rsidRPr="00515F4A" w:rsidRDefault="008F27FF" w:rsidP="00165E20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB43E4" w:rsidRPr="00AB43E4" w:rsidRDefault="009947C4" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының 2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 сәуірдегі «Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB43E4" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB43E4" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы» Заңының 16-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бабы</w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармақшасы</w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкімдігі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB43E4" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A355F" w:rsidRPr="00AB43E4" w:rsidRDefault="009947C4" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A355F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009771FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidR="003A355F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы әкім</w:t>
+      </w:r>
+      <w:r w:rsidR="0058639C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="003A355F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ігінің 2015 жылғы 28 мамырдағ</w:t>
+      </w:r>
+      <w:r w:rsidR="009771FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы «Денсаулық сақтау саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidR="003A355F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет регламенттерін бекіту туралы» №</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A355F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009771FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60/5 қаулысына </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4587</w:t>
+      </w:r>
+      <w:r w:rsidR="008F27FF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып тіркелді, 2015 жылғы 17 шілдеде  «Регион.kz» газетінде жарияланды) </w:t>
+      </w:r>
+      <w:r w:rsidR="00910847" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келесі </w:t>
+      </w:r>
+      <w:r w:rsidR="00910847" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер енгіз</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07A2F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іл</w:t>
+      </w:r>
+      <w:r w:rsidR="00910847" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2E44" w:rsidRDefault="00D22F53" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген қаулымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2E44" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2E44" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едициналық қызметке лицензия беру» мемлекеттік көрсетілетін қызмет регламентінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C54B8" w:rsidRPr="00AB43E4" w:rsidRDefault="004C54B8" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>изложить в следующей редакции:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-тармақ келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360BE9" w:rsidRDefault="00CC6A7E" w:rsidP="00F82A86">
+    <w:p w:rsidR="00AB43E4" w:rsidRDefault="005033CA" w:rsidP="00AB43E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті беруші арқылы мемлекеттік қызметті кө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсету процесін</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің құрамына кіретін ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рбір р</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сімні</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (іс-</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имылды</w:t>
+      </w:r>
+      <w:r w:rsidR="003128BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң) мазмұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360BE9" w:rsidRPr="0029361F" w:rsidRDefault="00360BE9" w:rsidP="00F82A86">
+    <w:p w:rsidR="00AB43E4" w:rsidRDefault="003128BA" w:rsidP="00AB43E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рылымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ бө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лімшені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң маманы өтінішті қабылдайды, тексереді жә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не тіркейді, лицензияны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң телнұсқасын және (немесе) лицензияға қосымшаны беру кезінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00360BE9">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телнұсқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00360BE9">
-[...29 lines deleted...]
-        <w:t>минут; </w:t>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген белгіні к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсет</w:t>
+      </w:r>
+      <w:r w:rsidR="00481796">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, басқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арма басшысына немесе оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасарына жібереді </w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15</w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (он бес)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360BE9" w:rsidRPr="0029361F" w:rsidRDefault="00360BE9" w:rsidP="00F82A86">
+    <w:p w:rsidR="00AB43E4" w:rsidRDefault="003128BA" w:rsidP="00AB43E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> часов;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) басқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арма басшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң орынбасары құжаттарды қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арайды ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне жауапты орындаушыны анық</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тайды </w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (төрт)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> са</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360BE9" w:rsidRPr="0029361F" w:rsidRDefault="00CC6A7E" w:rsidP="00F82A86">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00AB43E4" w:rsidRDefault="00C640C6" w:rsidP="00AB43E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>3) ответственный исполнитель:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жауапты орындаушы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00360BE9" w:rsidRPr="00802D14" w:rsidRDefault="002F1EB6" w:rsidP="00FD25C6">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00AB43E4" w:rsidRDefault="003128BA" w:rsidP="00C640C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаттар топтамасын зерделейді, </w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>За</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлға</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік дерекқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ор базасында (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұдан ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рі –</w:t>
+      </w:r>
+      <w:r w:rsidR="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЗТ МДБ) к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті алушы мә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ліметтеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң бар болуын тексереді, ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ық</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үйеге берiлген, қайта ресiмделген, тоқтатылған, жаңартылғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне қолданылуы тоқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>татыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан лицензиялар, сондай-а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицензиялан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң түрін (кіші тү</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рін) ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үзеге асыратын </w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>филиалдар, ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кілеттіктер, (объектілер, пункттер, учаскелер), лицензиаттар туралы м</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ліметтерді енгіз</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еді, «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е-лицензиялау</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МДБ АЖ-да қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өңдейді</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, көрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті алушыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң біліктілік талаптарғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а с</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йкестігін тексереді, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ажет бол</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан жағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дай</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да мемлекеттік қызметті кө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсетуді у</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кілетті орг</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>андармен келіседі, мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиже</w:t>
+      </w:r>
+      <w:r w:rsidR="0074277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дайындайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004345E4" w:rsidRDefault="00A038BA" w:rsidP="00C640C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лицензия және (немесе) лицензияғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осымшаны беру кезінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (он</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үш</w:t>
+      </w:r>
+      <w:r w:rsidR="00476759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыс к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004345E4" w:rsidRDefault="00C640C6" w:rsidP="004345E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лицензияны ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не (немесе) лицензия</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға қосымшаны қ</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айта ресімдеу кезінде - 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(екі</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A384A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00360BE9" w:rsidRPr="00360BE9">
-[...763 lines deleted...]
-        <w:t>езультат государственной услуги:</w:t>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыс к</w:t>
+      </w:r>
+      <w:r w:rsidR="00A038BA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ні</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B278A4" w:rsidRPr="0029361F" w:rsidRDefault="00CC6A7E" w:rsidP="00CC6A7E">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00AB43E4" w:rsidRDefault="004A162C" w:rsidP="004345E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лицензияның</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қасын және (немесе) лицензияға қ</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осымшаны беру кезінде - 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D37F3">
-[...22 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(б</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұмыс кү</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ні.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B278A4" w:rsidRPr="0029361F" w:rsidRDefault="00CC6A7E" w:rsidP="00CC6A7E">
+    <w:p w:rsidR="008B3B41" w:rsidRPr="00AB43E4" w:rsidRDefault="004A162C" w:rsidP="00C640C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші көрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті алушыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаттарын ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ған кезден бастап екі жұмыс күні ішінде ұсынылған құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ықтығын тексереді.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001607B3" w:rsidRPr="0029361F" w:rsidRDefault="00CC6A7E" w:rsidP="00CC6A7E">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00AB43E4" w:rsidRDefault="002533BF" w:rsidP="00C640C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң 9-тармағында кө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зделген тізбеге с</w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсынылған құжаттардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ болмау </w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) </w:t>
+      </w:r>
+      <w:r w:rsidR="0074277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрекет ету </w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мерзімі өт</w:t>
+      </w:r>
+      <w:r w:rsidR="0074277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іп кеткен</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A" w:rsidRPr="00F5225A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...39 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidR="00F5225A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң болу</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактісі белгілі болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті беруші к</w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсетілген мерзімде </w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тінішті </w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:r w:rsidR="00707A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды тоқтату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы жазбаша д</w:t>
+      </w:r>
+      <w:r w:rsidR="004A162C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лелді жауап береді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001607B3" w:rsidRDefault="001607B3" w:rsidP="00CC6A7E">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00AB43E4" w:rsidRDefault="00C640C6" w:rsidP="00C640C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) бас</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арма басшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00207D4C" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе оны</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң орынбасары мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет к</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рсету н</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тижесін тексереді ж</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне қол қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ояды – 4</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (төрт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат ішінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00715AF4" w:rsidRPr="00AB43E4" w:rsidRDefault="00C640C6" w:rsidP="00C640C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5) жауапты орындаушы бас</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арманы</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысы немесе оны</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң орынбасары мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет н</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тижесіне </w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қол қойғаннан кейін мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет н</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әтижесін қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті алушыны</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронды</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ поштасына жібереді – 4 </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(төрт) </w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат ішінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1ECA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.»</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00715AF4" w:rsidRPr="00AB43E4" w:rsidRDefault="0072535B" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve">в. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9-тарма</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың</w:t>
+      </w:r>
+      <w:r w:rsidR="002533BF" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00302ECA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) тармақша</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="0074277A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның бірінші абзацы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidR="00302ECA" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006326CE" w:rsidRPr="00202AA6" w:rsidRDefault="006326CE" w:rsidP="006326CE">
+    <w:p w:rsidR="00C640C6" w:rsidRPr="00915F49" w:rsidRDefault="0074277A" w:rsidP="00C640C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияны</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметкері 15 (он бес) минут </w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ішінде мемлекеттік қызметті көрсетуге қажетті өтініш пен құжаттарды тіркейді. Егер көрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті алушы Стандартты</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тарма</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғында кө</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зделген тіз</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5225A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беге</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әйкес құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толы</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70C7" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ топтамасын ұсынбаған жағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайда</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3B41" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады және</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4" w:rsidRPr="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> в указанные сроки дает письменный мотивированный ответ о прекращении рассмотрения заявления; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандар</w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың</w:t>
+      </w:r>
+      <w:r w:rsidR="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-қосымшасына сәйкес нысан </w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша құжаттарды қабылдаудан</w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас</w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тарту </w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="004345E4" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолхат береді</w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C03" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C640C6" w:rsidRPr="00915F49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001607B3" w:rsidRPr="0029361F" w:rsidRDefault="00E61CC3" w:rsidP="00E13E15">
+    <w:p w:rsidR="00BE2CE1" w:rsidRPr="00AB43E4" w:rsidRDefault="002533BF" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        <w:t>часов; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген қаулымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Тегін медициналық көмектің кепілдік берілген көлемін көрсету жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметтер берушінің қойылатын талаптарға сәйкестігін (сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2CE1" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еместігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) анықтау»  </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7482" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2CE1" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7482" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7482" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21246" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7482" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-тармағы 2) тармақшасының </w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бірінші </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абзацы мынадай редакцияда жазылсын</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6080" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2CE1" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00852D9E" w:rsidRPr="0029361F" w:rsidRDefault="00E61CC3" w:rsidP="00E13E15">
+    <w:p w:rsidR="0076302E" w:rsidRPr="00AB43E4" w:rsidRDefault="00CA1ECA" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) Мемлекеттік корпорация қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметкері 20 (жи</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ырма) минут ішінде мемлекеттік қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті к</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсету </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шін </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажетті ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тініш</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әне құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаттарды</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тірке</w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йді</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызметті алушы </w:t>
+      </w:r>
+      <w:r w:rsidR="008657EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандартты</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң 9-тармағы</w:t>
+      </w:r>
+      <w:r w:rsidR="008657EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нда көзделген </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тізбеге сәйкес толық құжаттар </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">топтамасын </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсынбаған</w:t>
+      </w:r>
+      <w:r w:rsidR="00142446" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>корпорация қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметкері</w:t>
+      </w:r>
+      <w:r w:rsidR="00515F4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысуға өтінімді </w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абылдаудан бас тартады ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не Стандартты</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C54B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ымшасына сәйкес нысан бойынша құжаттарды қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абылдаудан бас тарту </w:t>
+      </w:r>
+      <w:r w:rsidR="00861879" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00387B2A" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олхат береді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.»</w:t>
       </w:r>
-      <w:r w:rsidR="007F6933" w:rsidRPr="0029361F">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00935FFD" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E30CD8" w:rsidRPr="0029361F" w:rsidRDefault="005C47F5" w:rsidP="0086406A">
+    <w:p w:rsidR="007D4C03" w:rsidRPr="00AB43E4" w:rsidRDefault="007D4C03" w:rsidP="007D4C03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">следующей редакции: </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z18"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы қаулымен бекітілген «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z367" w:history="1">
+        <w:r w:rsidRPr="00AB43E4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:b w:val="0"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Аудандық орталықтан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алыс елді мекендердегі бастапқы медициналық-санитариялық консультациялық диагностикалық көмек көрсететiн денсаулық сақтау ұйымдарының дәріхана пункттері арқылы және фармацевтикалық бiлiмi бар маман болмаған жағдайда жылжымалы дәрiхана пункттері арқылы дәрілік заттар мен медициналық мақсаттағы бұйымдарды өткізуді жүзеге асыру үшін медициналық бiлiмi бар мамандарды аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7791" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidR="0097691C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет регламенті алынып тасталсын</w:t>
+      </w:r>
+      <w:r w:rsidR="0097691C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0086406A" w:rsidRPr="0029361F" w:rsidRDefault="007F6933" w:rsidP="0086406A">
-[...175 lines deleted...]
-    <w:p w:rsidR="00360BE9" w:rsidRPr="00202AA6" w:rsidRDefault="00D00A6B" w:rsidP="00E30CD8">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...71 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27391" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="0097691C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27391" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> денсаулық сақтау басқармасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2673" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00852D9E" w:rsidRPr="00202AA6">
-[...61 lines deleted...]
-        <w:t>изложить в следующей редакции:</w:t>
+      <w:r w:rsidR="00C27391" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заңнамамен белгіленген тәртіпте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82A86" w:rsidRDefault="00FF6AD2" w:rsidP="00391B43">
-[...877 lines deleted...]
-    <w:p w:rsidR="00E30CD8" w:rsidRPr="00202AA6" w:rsidRDefault="00E30CD8" w:rsidP="00E30CD8">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="007D4C03" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы қаулының </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27391" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аумақтық әділет органында мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27391" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелуін</w:t>
+      </w:r>
+      <w:r w:rsidR="00165E20" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E30CD8" w:rsidRPr="00202AA6" w:rsidRDefault="00E30CD8" w:rsidP="00E30CD8">
+    <w:p w:rsidR="009E76D3" w:rsidRPr="00CA1ECA" w:rsidRDefault="007D4C03" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы қаулының </w:t>
+      </w:r>
+      <w:r w:rsidR="009E76D3" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ресми жарияла</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8759F" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="009E76D3" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A4C68" w:rsidRDefault="006A4C68" w:rsidP="00E30CD8">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="007D4C03" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>официальное опубликование настоящего постановления;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы қаулының </w:t>
+      </w:r>
+      <w:r w:rsidR="009E76D3" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің интернет-ресурсында орналастырылуын қамтамасыз етсін</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB06A3" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E30CD8" w:rsidRDefault="00E30CD8" w:rsidP="00E30CD8">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Павлодарской области.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы қаулының орындалуын бақылау облыс әкімінің орынбасары              М.М. Бегентаевқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004415DF" w:rsidRDefault="00E30CD8" w:rsidP="004415DF">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00BB7253">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> М.М.</w:t>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3C5E" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы қаулы алғашқы ресми жарияланған күн</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C03" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3C5E" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нен </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C03" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5611" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнтізбелік </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C03" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5611" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C03" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5611" w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF6AD2" w:rsidRDefault="004415DF" w:rsidP="004415DF">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1E7A" w:rsidRPr="00AB43E4" w:rsidRDefault="00CE1E7A" w:rsidP="00BB7253">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Облыс әкімі                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB43E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">               Б. Бақауов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004415DF" w:rsidRDefault="004415DF" w:rsidP="004415DF">
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004415DF" w:rsidRDefault="004415DF" w:rsidP="004415DF">
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004415DF" w:rsidRDefault="004415DF" w:rsidP="004415DF">
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004415DF" w:rsidRPr="004415DF" w:rsidRDefault="004415DF" w:rsidP="004415DF">
-[...84 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w:rsidR="00165E20" w:rsidRPr="00AB43E4" w:rsidRDefault="00165E20" w:rsidP="00165E20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004415DF" w:rsidRPr="004415DF" w:rsidSect="000D1827">
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:p w:rsidR="00C22114" w:rsidRPr="00AB43E4" w:rsidRDefault="00C22114" w:rsidP="00C22114">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C22114" w:rsidRPr="00AB43E4" w:rsidRDefault="00C22114" w:rsidP="00C22114">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C22114" w:rsidRPr="00AB43E4" w:rsidSect="00515F4A">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1361" w:left="1531" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0073323A" w:rsidRDefault="0073323A" w:rsidP="00802D14">
+    <w:p w:rsidR="000A2998" w:rsidRDefault="000A2998" w:rsidP="00E90B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0073323A" w:rsidRDefault="0073323A" w:rsidP="00802D14">
+    <w:p w:rsidR="000A2998" w:rsidRDefault="000A2998" w:rsidP="00E90B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0073323A" w:rsidRDefault="0073323A" w:rsidP="00802D14">
+    <w:p w:rsidR="000A2998" w:rsidRDefault="000A2998" w:rsidP="00E90B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0073323A" w:rsidRDefault="0073323A" w:rsidP="00802D14">
+    <w:p w:rsidR="000A2998" w:rsidRDefault="000A2998" w:rsidP="00E90B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-712736069"/>
+      <w:id w:val="-333149505"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00802D14" w:rsidRDefault="00802D14" w:rsidP="002F1EB6">
+      <w:p w:rsidR="00E90B51" w:rsidRDefault="00E90B51">
         <w:pPr>
-          <w:pStyle w:val="a7"/>
+          <w:pStyle w:val="a5"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007D37F3">
+        <w:r w:rsidR="003B0090">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="240B6DA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="685283A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="5B163277"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD7C0F82"/>
+    <w:lvl w:ilvl="0" w:tplc="405EA770">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="82"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005506A5"/>
-[...102 lines deleted...]
-    <w:rsid w:val="00FF6AD2"/>
+    <w:rsidRoot w:val="00BC610E"/>
+    <w:rsid w:val="00012FD6"/>
+    <w:rsid w:val="000456CC"/>
+    <w:rsid w:val="00075FA6"/>
+    <w:rsid w:val="000874E6"/>
+    <w:rsid w:val="0009476A"/>
+    <w:rsid w:val="000A2998"/>
+    <w:rsid w:val="000C50B5"/>
+    <w:rsid w:val="000F2160"/>
+    <w:rsid w:val="000F30F9"/>
+    <w:rsid w:val="00136B2F"/>
+    <w:rsid w:val="00142446"/>
+    <w:rsid w:val="00157040"/>
+    <w:rsid w:val="00165E20"/>
+    <w:rsid w:val="00175A27"/>
+    <w:rsid w:val="001A742A"/>
+    <w:rsid w:val="001B6C39"/>
+    <w:rsid w:val="001C1BD5"/>
+    <w:rsid w:val="001C3B7F"/>
+    <w:rsid w:val="001E0546"/>
+    <w:rsid w:val="001F70C7"/>
+    <w:rsid w:val="00207D4C"/>
+    <w:rsid w:val="00230F53"/>
+    <w:rsid w:val="002371AD"/>
+    <w:rsid w:val="002533BF"/>
+    <w:rsid w:val="00253727"/>
+    <w:rsid w:val="002675F4"/>
+    <w:rsid w:val="00272DA4"/>
+    <w:rsid w:val="002738BA"/>
+    <w:rsid w:val="00280200"/>
+    <w:rsid w:val="002A1D2D"/>
+    <w:rsid w:val="002B6936"/>
+    <w:rsid w:val="00302ECA"/>
+    <w:rsid w:val="00312707"/>
+    <w:rsid w:val="003128BA"/>
+    <w:rsid w:val="00330EF2"/>
+    <w:rsid w:val="00330F73"/>
+    <w:rsid w:val="00332586"/>
+    <w:rsid w:val="00354541"/>
+    <w:rsid w:val="0035484F"/>
+    <w:rsid w:val="00356C92"/>
+    <w:rsid w:val="00365070"/>
+    <w:rsid w:val="003707A2"/>
+    <w:rsid w:val="00387636"/>
+    <w:rsid w:val="00387B2A"/>
+    <w:rsid w:val="003A355F"/>
+    <w:rsid w:val="003A384A"/>
+    <w:rsid w:val="003B0090"/>
+    <w:rsid w:val="003B0A1D"/>
+    <w:rsid w:val="003B36AB"/>
+    <w:rsid w:val="003B5866"/>
+    <w:rsid w:val="003C4809"/>
+    <w:rsid w:val="003F0338"/>
+    <w:rsid w:val="003F0AF7"/>
+    <w:rsid w:val="004345E4"/>
+    <w:rsid w:val="00460A0E"/>
+    <w:rsid w:val="00472C05"/>
+    <w:rsid w:val="00476759"/>
+    <w:rsid w:val="00481796"/>
+    <w:rsid w:val="004A162C"/>
+    <w:rsid w:val="004B446F"/>
+    <w:rsid w:val="004C54B8"/>
+    <w:rsid w:val="004C6E3F"/>
+    <w:rsid w:val="004D1A30"/>
+    <w:rsid w:val="005033CA"/>
+    <w:rsid w:val="00514674"/>
+    <w:rsid w:val="00515F4A"/>
+    <w:rsid w:val="00532B2B"/>
+    <w:rsid w:val="005506B9"/>
+    <w:rsid w:val="0055251A"/>
+    <w:rsid w:val="00560F29"/>
+    <w:rsid w:val="00566EBD"/>
+    <w:rsid w:val="005744C1"/>
+    <w:rsid w:val="0058410E"/>
+    <w:rsid w:val="0058639C"/>
+    <w:rsid w:val="005D736C"/>
+    <w:rsid w:val="00610CDB"/>
+    <w:rsid w:val="00635FA5"/>
+    <w:rsid w:val="00657BE3"/>
+    <w:rsid w:val="00675BB7"/>
+    <w:rsid w:val="00676859"/>
+    <w:rsid w:val="00697105"/>
+    <w:rsid w:val="006A2CF1"/>
+    <w:rsid w:val="006B66FD"/>
+    <w:rsid w:val="006C2603"/>
+    <w:rsid w:val="006D3972"/>
+    <w:rsid w:val="006D6447"/>
+    <w:rsid w:val="00707A63"/>
+    <w:rsid w:val="00715AF4"/>
+    <w:rsid w:val="0072535B"/>
+    <w:rsid w:val="00741417"/>
+    <w:rsid w:val="0074277A"/>
+    <w:rsid w:val="0076302E"/>
+    <w:rsid w:val="007A0B56"/>
+    <w:rsid w:val="007A6B07"/>
+    <w:rsid w:val="007A7791"/>
+    <w:rsid w:val="007D1E8F"/>
+    <w:rsid w:val="007D4C03"/>
+    <w:rsid w:val="007D7482"/>
+    <w:rsid w:val="007E3E05"/>
+    <w:rsid w:val="007E43B8"/>
+    <w:rsid w:val="00807875"/>
+    <w:rsid w:val="00821F19"/>
+    <w:rsid w:val="00827787"/>
+    <w:rsid w:val="00830F9D"/>
+    <w:rsid w:val="00833C7E"/>
+    <w:rsid w:val="00846BBC"/>
+    <w:rsid w:val="00861879"/>
+    <w:rsid w:val="008657EC"/>
+    <w:rsid w:val="00886FFE"/>
+    <w:rsid w:val="008A5D5C"/>
+    <w:rsid w:val="008A75F6"/>
+    <w:rsid w:val="008B3B41"/>
+    <w:rsid w:val="008B7D2A"/>
+    <w:rsid w:val="008D3C5E"/>
+    <w:rsid w:val="008E1B1F"/>
+    <w:rsid w:val="008F27FF"/>
+    <w:rsid w:val="008F6080"/>
+    <w:rsid w:val="00910847"/>
+    <w:rsid w:val="00915F49"/>
+    <w:rsid w:val="0093109C"/>
+    <w:rsid w:val="00935FFD"/>
+    <w:rsid w:val="00937860"/>
+    <w:rsid w:val="0096272E"/>
+    <w:rsid w:val="009667AD"/>
+    <w:rsid w:val="00970B49"/>
+    <w:rsid w:val="009710C0"/>
+    <w:rsid w:val="0097691C"/>
+    <w:rsid w:val="009771FF"/>
+    <w:rsid w:val="00983A41"/>
+    <w:rsid w:val="00985E95"/>
+    <w:rsid w:val="00992E23"/>
+    <w:rsid w:val="009947C4"/>
+    <w:rsid w:val="009D66DB"/>
+    <w:rsid w:val="009E76D3"/>
+    <w:rsid w:val="009E786E"/>
+    <w:rsid w:val="009F31C0"/>
+    <w:rsid w:val="00A038BA"/>
+    <w:rsid w:val="00A159FF"/>
+    <w:rsid w:val="00A16D83"/>
+    <w:rsid w:val="00A21246"/>
+    <w:rsid w:val="00A22D48"/>
+    <w:rsid w:val="00A41613"/>
+    <w:rsid w:val="00A518A5"/>
+    <w:rsid w:val="00A558E8"/>
+    <w:rsid w:val="00A57C62"/>
+    <w:rsid w:val="00A64670"/>
+    <w:rsid w:val="00A77E20"/>
+    <w:rsid w:val="00A9276D"/>
+    <w:rsid w:val="00A92D46"/>
+    <w:rsid w:val="00AA2186"/>
+    <w:rsid w:val="00AB43E4"/>
+    <w:rsid w:val="00AD07DD"/>
+    <w:rsid w:val="00AF417F"/>
+    <w:rsid w:val="00B07A2F"/>
+    <w:rsid w:val="00B170C3"/>
+    <w:rsid w:val="00B22EE2"/>
+    <w:rsid w:val="00B81E4B"/>
+    <w:rsid w:val="00BB420A"/>
+    <w:rsid w:val="00BB7253"/>
+    <w:rsid w:val="00BC610E"/>
+    <w:rsid w:val="00BC64D1"/>
+    <w:rsid w:val="00BD1B99"/>
+    <w:rsid w:val="00BE2CE1"/>
+    <w:rsid w:val="00BF3AA7"/>
+    <w:rsid w:val="00C115EC"/>
+    <w:rsid w:val="00C22114"/>
+    <w:rsid w:val="00C22213"/>
+    <w:rsid w:val="00C27391"/>
+    <w:rsid w:val="00C31226"/>
+    <w:rsid w:val="00C4306E"/>
+    <w:rsid w:val="00C43924"/>
+    <w:rsid w:val="00C62789"/>
+    <w:rsid w:val="00C63809"/>
+    <w:rsid w:val="00C640C6"/>
+    <w:rsid w:val="00C65CFD"/>
+    <w:rsid w:val="00C82DC4"/>
+    <w:rsid w:val="00CA1ECA"/>
+    <w:rsid w:val="00CA7870"/>
+    <w:rsid w:val="00CB127C"/>
+    <w:rsid w:val="00CB7C20"/>
+    <w:rsid w:val="00CC2E44"/>
+    <w:rsid w:val="00CE1E7A"/>
+    <w:rsid w:val="00CE3263"/>
+    <w:rsid w:val="00CE5DBF"/>
+    <w:rsid w:val="00D03F18"/>
+    <w:rsid w:val="00D22F53"/>
+    <w:rsid w:val="00D4252D"/>
+    <w:rsid w:val="00D548C2"/>
+    <w:rsid w:val="00D62F4C"/>
+    <w:rsid w:val="00DA27A7"/>
+    <w:rsid w:val="00DA5BD4"/>
+    <w:rsid w:val="00DB46CC"/>
+    <w:rsid w:val="00DC2564"/>
+    <w:rsid w:val="00E3529B"/>
+    <w:rsid w:val="00E552BA"/>
+    <w:rsid w:val="00E7570C"/>
+    <w:rsid w:val="00E82DB6"/>
+    <w:rsid w:val="00E90B51"/>
+    <w:rsid w:val="00E92DFE"/>
+    <w:rsid w:val="00EA0A58"/>
+    <w:rsid w:val="00EA4A36"/>
+    <w:rsid w:val="00F00ACB"/>
+    <w:rsid w:val="00F01616"/>
+    <w:rsid w:val="00F03299"/>
+    <w:rsid w:val="00F5225A"/>
+    <w:rsid w:val="00F62BA0"/>
+    <w:rsid w:val="00F77C8D"/>
+    <w:rsid w:val="00F84D78"/>
+    <w:rsid w:val="00F8759F"/>
+    <w:rsid w:val="00FB06A3"/>
+    <w:rsid w:val="00FB1E42"/>
+    <w:rsid w:val="00FB2673"/>
+    <w:rsid w:val="00FB5611"/>
+    <w:rsid w:val="00FC7609"/>
+    <w:rsid w:val="00FF1522"/>
+    <w:rsid w:val="00FF28D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -4478,224 +5716,298 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C22114"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009C1A35"/>
+    <w:rsid w:val="00C22114"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E90B51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E90B51"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E90B51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E90B51"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00C27391"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00C27391"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="007D4C03"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00802D14"/>
+    <w:rsid w:val="007A7791"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00802D14"/>
+    <w:rsid w:val="007A7791"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...42 lines deleted...]
-    <w:rsid w:val="00802D14"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -4772,195 +6084,269 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C22114"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009C1A35"/>
+    <w:rsid w:val="00C22114"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00C22114"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E90B51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E90B51"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E90B51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E90B51"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00C27391"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00C27391"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="007D4C03"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00802D14"/>
+    <w:rsid w:val="007A7791"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00802D14"/>
+    <w:rsid w:val="007A7791"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...42 lines deleted...]
-    <w:rsid w:val="00802D14"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15P0004587" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5213,78 +6599,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01878E8F-0CA9-414E-8A19-F3B2F1CED378}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE623EED-A343-4EB7-9501-3DF5A4237E14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>865</Words>
-  <Characters>4937</Characters>
+  <Words>842</Words>
+  <Characters>4805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5791</CharactersWithSpaces>
+  <CharactersWithSpaces>5636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>