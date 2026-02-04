--- v0 (2025-11-25)
+++ v1 (2026-02-04)
@@ -1,3201 +1,1780 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DC678F" w:rsidRPr="00234A2A" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="001950CF" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC678F" w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» корпусы бос мемлекеттік әкімшілік лауазымға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орналасуға жалпы конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы хабарландыру (төменгі лауазым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...143 lines deleted...]
-        <w:t>).</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурс қатысушыларына қойылатын ортақ біліктілік талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D-О-4 санаты үшін: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жоғары білімі Қазақстан Республикасы Мемлекеттік қызмет істері Министрінің 2015 жылғы 29 желтоқсандағы «Б» корпусы мемлекеттік әкімшілік лауазымдарының санаттарына үлгілік біліктілік талаптар №12 бұйрығына сәйкес(Қазақстан Республикасы Мемлекеттік қызмет істері министрінің 2016 жылғы 22 шілдедегі  № 158 бұйрығымен енгізілген  өзгерістерді ескерумен) жұмыс тәжірибесі талап етілмейді. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9675" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
+        <w:tblW w:w="9669" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2442"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3685"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidTr="00711264">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="281"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...51 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:ind w:right="-2" w:firstLine="567"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>В зависимости от выслуги лет</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ңiрген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidTr="00711264">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:keepNext/>
               <w:keepLines/>
-              <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="1426"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:ind w:right="-2" w:firstLine="567"/>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3546" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="959"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
               </w:tabs>
-              <w:ind w:right="-2" w:firstLine="567"/>
-              <w:contextualSpacing/>
+              <w:ind w:firstLine="396"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
               <w:keepNext/>
               <w:keepLines/>
-              <w:widowControl/>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="959"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="1426"/>
-[...1 lines deleted...]
-                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:ind w:right="-2" w:firstLine="567"/>
-              <w:contextualSpacing/>
+              <w:ind w:firstLine="1134"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidTr="00711264">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2440" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
-              <w:ind w:right="-2"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
-                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>D-O-</w:t>
+              <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
-                <w:snapToGrid w:val="0"/>
-[...3 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3546" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
-              <w:ind w:right="-2"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>83282</w:t>
+              <w:t>83</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC126C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00711264">
             <w:pPr>
-              <w:ind w:right="-2" w:firstLine="567"/>
-              <w:contextualSpacing/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC126C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">                  112431</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>112431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DC678F" w:rsidRPr="00B735AA" w:rsidRDefault="00B735AA" w:rsidP="00B735AA">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E80591" w:rsidRPr="00351ADC" w:rsidRDefault="00E80591" w:rsidP="00E80591">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00351ADC">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B735AA">
+      <w:r w:rsidRPr="00351ADC">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="22"/>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="00CC126C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту: мемлекеттік органның штат кестесінде осы лауазым төменгі болған жағдайда,         онда жұмыс тәжірибесі талап етілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351ADC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар облысы денсаулық сақтау басқармасы» ММ-сі, 140000 Павлодар қ., Иса Байзақов көш. 151/2, 305 бөлме, анықтама үшін телефоны: 8(7182) 67-53-10,   67-51-37 e-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F269C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
-[...474 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kense.dz@pavlodar.gov.kz</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CC126C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос әкімшілік мемлекеттік лауазымға орналасуға  жалпы конкурс жариялайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы денсаулық сақтау басқармасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емдеу-алдын алу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмысы бөлімінің бас маманы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санаты D-О-4 (лауазым индексі 3-01-3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Амбулаторлы және стационарлық шарттарда медициналық көмек ұйымдарының қызметін ұйымдастыру және бақылау. Әлеуметтік маңызы бар ауруларға шалдығу және онымен байланысты өлім-жітімге талдау жасау, оларды төмендету шараларын қолдану. Тұрғындарға медициналық қызмет көрсету тиімділігі мен  сапасын арттыруға ықпал ету. Алдын алу, диагностика жасау және емдеудің жаңа әдістерінің тәжірибеге  енгізілуіне бақылау жасау. Жедел медициналық және санитариялық авиация жұмысына мониторинг жүргізу. Тұрғындар арасында онкологиялық аурулар мен вирустық гепатитты ерте анықтауға бағытталған алдын алу тексерістерін жоспарлау. Облыстық медициналық ұйымдарда медициналық жабдықтардың, медициналық арналған бұйымдардың тиімді пайдалану үдерісін бақылай отырып, қолданыстағы кестеге сәйкес есептерді әзірлеу. Облыс денсаулық сақтау ұйымдарында телемедицинаның пайдаланылу үдерісін бақылау, жүзеге асқан  байланыс сеанстары бойынша есептерді дайындау. Амбулаториялық деңгейдегі ересек тұрғындардың жекелеген топтарының тегін  дәрі-дәрмекке қажеттілігі мен олармен қамтамасыз етілуі бойынша бақылау жүргізу. Қолданыстағы кестеге сәйкес есептерді дайындаумен облыс медициналық ұйымдарда медициналық жабдықтарды, медициналық мақсаттағы бұйымдарды тиімді пайдалану үрдісін бақылау. Павлодар қаласы бойынша ургентті кезекшілік кестесін жасау. Ұйымдар арасында қайта бөлуді талап ететін жабдықтар туралы ақпарат жинауды, қайта бөлуге құжаттарды дайындауды жүзеге асыру. Облыс медициналық ұйымдардан медициналық жабдыққа қажеттілік, өтінімдерді қалыптастыру, техникалық ерекшеліктерге дайындық туралы ақпаратты жинауды жүзеге асыру. Олбыс денсаулық сақтаудың жаңадан салынып жатқан объектілер үшін медициналық және технологиялық жабдықтарды сатып алуға өтінімдер дайындауға қатысу. БМСК ұйымдарының ғимараттар бойынша (санитарлы нормаларға сәйкес, меншік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ғимараттар бойынша, жалға алу бойынша және т.б.) мониторингті жүзеге асыру. Облыс денсаулық сақтау ұйымдарында телемедицинаның жұмыс істеу үрдісін бақылау, байланыс сеанстарын орындау бойынша есептерді дайындау. Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінен, Павлодар облысы әкімдігінен, облыс басқармаларынан түскен құжаттарды қарау және орындау. Құзіреті шегінде жеке және заңды тұлғалардың өтініштерін қарау. Хирургиялық қоғамды ұйымдастыру және өткізу. Хирургиялық профилдегі бас штаттан тыс мамандардың жұмысына мониторинг жүргізу. Жоғарыда мамандандырылған көмекке, науқастарға, ересек халықты іріктеу және бағыттарға бақылауды жүзеге асыру. Ұсынылған құқығы шегінде және лауазымдық міндеттерге сәйкес уәкілеттілікті жүзеге асыру. Басшылықтың бұйрықтары мен өкімдерін, жоғарыда тұрған органдардың және олардың құзіреті шегінде жасалған лауазымдық тұлғалардың шешімдері мен нұсқаулықтарын орындау. Қызметтік міндеттерді тиімді орындау үшін өзінің кәсіби деңгейі мен біліктілігін арттыру. Мүдделеріне дау тудыруға жол бермеу жөнінде шаралар қабылдау. Ішкі еңбек тәртібінде ережелерді сақтау. Номенклатуралық папкаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Конкурсқа қатысушыға қойылатын талаптар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оғары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>денсаулық сақтау және әлеуметтік қамтамасыз ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>қоғамдық денсаулық сақтау, медикалық-алдын алу ісі, жалпы медицина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>әлеуметтік ғылымдар, экономика және бизнес саласында (менеджмент, мемлекеттік және жергілікті басқару, статистика, журналистика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="317"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:snapToGrid w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс тәжірибесі келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Мемлекеттік қызмет істері министрінің 2015 жылғы 29 желтоқсандағы "Б" корпусының мемлекеттік әкімшілік лауазымына орналасудың кейбір мәселелері туралы" № 12 бұйрығына сәйкес (Қазақстан Республикасы Мемлекеттік қызмет істері министрінің 2016 жылғы 22 шілдедегі № 158 бұйрығымен енгізілген өзгерістерді ескере отырып)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC126C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурсқа қатысу үшін келесі құжаттар тапсырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) белгіленген нысан бойынша өтініш; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 3х4 үлгідегі суретпен сәйкес нысанда толтырылған сауалнама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) бiлiмi туралы құжаттардың нотариалдық куәландырылған көшiрмелерi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) еңбек қызметін растайтын құжаттың нотариалдық куәландырылған көшiрмесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2010 жылы 21 желтоқсанда № 6697 болып тіркелген) нысандағы денсаулығы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) құжаттарды тапсыру сәтінде заңнаманы білуіне тестілеуден өткені туралы шекті мәннен төмен емес нәтижелері бар қолданыстағы сертификат (немесе нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) конкурсқа қатысу үшін құжаттарды тапсыру сәтінде уәкілетті органда жеке қасиеттерін бағалауды өту туралы қолданыстағы қорытынды (немесе қорытындының нотариалдық куәландырылған көшірмесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер азамат өз еңбек қызметін іске асырмаған және егер конкурс жарияланған бос лауазымы бойынша жұмысы өтілі талап етілмеген жағдайда еңбек қызметін растайтын құжаттар көшірмесін ұсыну талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Құжаттардың толық емес  ұсынылуы конкурстық комиссияның қараудан бас тартудың негізі болып есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Құжаттарды қабылдау конкурс өткiзу туралы хабарландыру соңғы жарияланған күнінен бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күннің ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Жалпы конкурсқа қатысуға ниет білдірген тұлғалар конкурс өткiзетiн «Павлодар облысы денсаулық сақтау басқармасы» ММ-сі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC126C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">персоналды басқару және ұйымдастыру жұмысы бөліміне құжаттарын қолма-қол тәртіпте, пошта арқылы не хабарландыруда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсетілген электрондық пошта мекенжайына электронды түрде не «Е-gov» электронды Үкімет порталы немесе «е-қызмет» ықпалдастырылған ақпараттық жүйесі арқылы құжаттарды қабылдау мерзімінде тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды электронды түрде электрондық почта не «Е-gov» электронды Үкімет порталы арқылы берілген жағдайда азаматтар құжаттардың түпнұсқасын әңгімелесу басталғанға дейін бір </w:t>
+      </w:r>
+      <w:r w:rsidR="001950CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұрын кешіктірілмей береді. Оларды бермеген жағдайда тұлға конкурс комиссиясымен әңгімелесуден өтуге жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Әңгімелесуге жіберілген кандидаттар, оларды «Павлодар облысы денсаулық сақтау басқармасы» ММ-сі ғимаратында  әңгімелесуге оларды босатқаны туралы кандидаттарды хабардар еткен күннен бастап </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күннің ішінде жүргізіледі.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мемлекеттік әкімшілік лауазымдарға  орналасуға  арналған тест өткізу бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>D-O-4 санатына арналған :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;  Қазақстан Республикасының Конституциясын (15 сұрақ), «Қазақстан Республикасының Президенті туралы» (15 сұрақ) Қазақстан Республикасының конституциялық заңы, «Қазақстан Республикасының мемлекеттік қызметі туралы»         (15 сұрақ), «Сыбайлас жемқорлыққа қарсы іс-қимыл туралы» (15 сұрақ), «Әкімшілік рәсімдер туралы» (15 сұрақ), «Жеке және заңды тұлғалардың өтiнiштерiн қарау тәртiбi туралы» (15 сұрақ), «Мемлекеттік көрсетілетін қызметтер туралы» (15 сұрақ), «Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы»         (15 сұрақ) Қазақстан Республикасының заңдарын бiлуге арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан             (120 сұрақ) кем дегенде 72 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 100 минутті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>D-O-4  санатына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC126C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...214 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған  үміткерлердің жеке қасиеттерін бағалауға арналған тестілеу бағдарламалары  келесіні қамтиды: бастамашылық (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Конкурстық комиссия жұмысының анықтығы мен объективтігін қамтамасыз ету үшін, сол отырысқа байқаушылар мен сарапшылар шақыртылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, уәкілетті органның қызметкерлері қатыса алады. Сарапшы ретінде конкурс жариялаған мемлекеттік органның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC126C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Осуществление полномочий в пределах предоставленных  прав и в соответствии с должностными обязанностями.</w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t>қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CC126C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1526 lines deleted...]
-    <w:sectPr w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidSect="000346FF">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкiлеттi органға немесе оның аумақтық бөлiмшесiне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртiбiнде конкурс комиссиясының шешiмiне шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC678F" w:rsidRPr="00CC126C" w:rsidRDefault="00DC678F" w:rsidP="00DC678F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000346FF" w:rsidRPr="00DC678F" w:rsidRDefault="000346FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000346FF" w:rsidRPr="00DC678F" w:rsidSect="000346FF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3211,55 +1790,56 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DC678F"/>
     <w:rsid w:val="000346FF"/>
-    <w:rsid w:val="0050511A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DB7BF1"/>
+    <w:rsid w:val="001950CF"/>
+    <w:rsid w:val="009D5B06"/>
+    <w:rsid w:val="00DB5158"/>
     <w:rsid w:val="00DC678F"/>
+    <w:rsid w:val="00E03E41"/>
+    <w:rsid w:val="00E80591"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3597,87 +2177,63 @@
         <w:tab w:val="left" w:pos="5754"/>
         <w:tab w:val="left" w:pos="6713"/>
         <w:tab w:val="left" w:pos="7672"/>
         <w:tab w:val="left" w:pos="8631"/>
         <w:tab w:val="left" w:pos="9590"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DC678F"/>
     <w:rPr>
       <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="KZ Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-MO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-[...22 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z950002733_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z070000221_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3924,54 +2480,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1610</Words>
-  <Characters>9180</Characters>
+  <Words>1620</Words>
+  <Characters>9235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10769</CharactersWithSpaces>
+  <CharactersWithSpaces>10834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Comp-1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>