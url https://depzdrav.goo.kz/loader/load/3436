--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,2263 +1,3690 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
-        <w:keepNext/>
-        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00B45C01">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">«Б» корпусы бос мемлекеттік әкімшілік лауазымға </w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурса для занятия вакантной административной государственной должности корпуса «Б» (низов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ая должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="008C7876" w:rsidRDefault="008C7876" w:rsidP="008C7876">
       <w:pPr>
-        <w:keepNext/>
-[...26 lines deleted...]
-        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
-        <w:keepNext/>
-        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...8 lines deleted...]
-        <w:t>Жалпы конкурс қатысушыларына қойылатын ортақ біліктілік талаптар:</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="008C7876" w:rsidRPr="008C7876" w:rsidRDefault="008C7876" w:rsidP="008C7876">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00505420" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>категори</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-О-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее образование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии c приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 13 декабря 2016 года № 85 «Об утверждении Типовых квалификационных требований к административным государственным должностям корпуса «Б»</w:t>
+      </w:r>
+      <w:r w:rsidR="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00505420" w:rsidRPr="00505420">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="00505420" w:rsidRPr="00505420" w:rsidRDefault="00505420" w:rsidP="00505420">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие следующих компетенций: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инициативность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникативность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитичность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, организованность, этичность, ориентация на качество, ориентация на потребителя, нетерпимость к коррупции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Опыт работы не требуется</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>***</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45C01">
-[...51 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00505420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE3E72" w:rsidRPr="00273AF8" w:rsidRDefault="00EE3E72" w:rsidP="00EE3E72">
-[...21 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="00505420" w:rsidRPr="00505420" w:rsidRDefault="00505420" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblW w:w="9675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2440"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3509"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="3546"/>
+        <w:gridCol w:w="3687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidTr="00CC1C59">
+      <w:tr w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidTr="00CC1C59">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2440" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="112"/>
+                <w:tab w:val="left" w:pos="959"/>
+                <w:tab w:val="left" w:pos="1188"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009269B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00B45C01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Еңбек сiңiрген жылдарын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B45C01">
+            </w:pPr>
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>а байланысты</w:t>
+              <w:t>В зависимости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidTr="00CC1C59">
+      <w:tr w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidTr="00CC1C59">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2440" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="6663"/>
+                <w:tab w:val="left" w:pos="959"/>
+                <w:tab w:val="left" w:pos="1426"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="1134"/>
-              <w:jc w:val="center"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-                <w:iCs/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1918"/>
                 <w:tab w:val="left" w:pos="2877"/>
                 <w:tab w:val="left" w:pos="3836"/>
                 <w:tab w:val="left" w:pos="4795"/>
                 <w:tab w:val="left" w:pos="5754"/>
                 <w:tab w:val="left" w:pos="6713"/>
                 <w:tab w:val="left" w:pos="7672"/>
                 <w:tab w:val="left" w:pos="8631"/>
                 <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="396"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45C01">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3509" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="6663"/>
+                <w:tab w:val="left" w:pos="1426"/>
+                <w:tab w:val="left" w:pos="1769"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="1134"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-                <w:iCs/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45C01">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidTr="00CC1C59">
+      <w:tr w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidTr="00CC1C59">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
-              <w:keepNext/>
-[...3 lines deleted...]
-              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="900"/>
-              <w:outlineLvl w:val="1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>-О-4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45C01">
-[...19 lines deleted...]
-            <w:r w:rsidR="00D4393A" w:rsidRPr="009269B8">
+            <w:r w:rsidR="00FF704C" w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3509" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+          <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45C01">
+            <w:r w:rsidRPr="009269B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>112430,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...49 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...29 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">***Примечание: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в штатном расписании государственного учреждения  должность главного специалиста категория </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-4*** </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>являются низовой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E407DC" w:rsidRPr="00E407DC" w:rsidRDefault="00E407DC" w:rsidP="008C7876">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение “Управление здравоохранения Павлодарской области”, 140000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарская область, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул.Исы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байзакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 151/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет 305, телефон для справок 8(7182) 67-53-10, 67-51-37 электронная почта: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>kense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>dz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>pavlodar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс для занятия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>административн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корпуса «Б»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...8 lines deleted...]
-        <w:t>«Павлодар облысы денсаулық сақтау басқармасы» ММ-сі 140000 Павлодар қ., Иса Байзақов көш. 151/2, 3</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главный специалист </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела лицензирования и лекарственного обеспечения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>05 бөлме, анықтама үшін тел</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления здравоохранения Павлодарской области</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атегория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-О-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, индекс должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-01-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45C01">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...93 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...15 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45C01">
-[...67 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проведение консультации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лечебно-профилактическим организациям по формированию нормативов потребления наркотических средств, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, этилового спирта и побочному действию лекарственных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разработка конкурсной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, проведение процедуры закупа фармацевтических услуг для амбулаторных больных из средств местного бюджета.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осуществление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формирования потребности по видам заболевания и категориям граждан совместно с областными специалистами и руководителями медицинских организаций области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ежеквартальная сдача отчетов в Министерство здравоохранения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и социального развития </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан, отчета по количественному и суммовому движению этилового спирта, каждого наименования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>НсПвП</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контролирование своевременного поступления по условиям договора лекарственных средств в аптеки области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подготовка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>информации на совещания по всем вопросам лекарственного обеспечения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осуществление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приема лекарственных средств из средств республиканского бюджета по 010 программе, проведение мониторинга за своевременной поставкой препаратов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ежеквартальная сдача отчета в Министерство здравоохранения РК по лекарственным средствам  из средств республиканского бюджета 010-110 программе по количественному и суммовому движению. Проведение мониторинга за своевременной поставкой препаратов, представление данных об обеспеченности больных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатными лекарственными препаратами отдельных категорий населения при амбулаторном лечении. Разработка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсной документации для проведения тендера по закупу лекарственных средств, изделий медицинского назначения для медицинских организаций области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ежеквартальное представление данных об </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">обеспеченности бесплатными и льготными лекарствен-ными препаратами отдельных категорий населения при амбулаторном лечении за счет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">средств местного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и республиканского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контролирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>своевременного поступления  лекарственных средств по бесплатным рецептам по условиям договора в аптеки области. Рассмотрение обращений физических и юридических лиц по лекарственному обеспечению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ведение номенклатурных папок.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...279 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">2) 3х4 үлгідегі суретпен сәйкес нысанда толтырылған сауалнама; </w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Требования  к участникам конкурса:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">3) бiлiмi туралы құжаттардың нотариалдық куәландырылған көшiрмелерi; </w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ысшее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>в области здравоохранения и социального обеспечения, права, социальных наук, экономики и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (общественное здравоохранение, фармация, медико-профилактическое дело, общая медицина, юриспруденция, экономика, учет и аудит).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...6 lines deleted...]
-        <w:t>4) еңбек қызметін растайтын құжаттың нотариалдық куәландырылған көшiрмесi;</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Опыт работы должен соответствовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>c приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 13 декабря 2016 года № 85 «Об утверждении Типовых квалификационных требований к административным государственным должностям корпуса «Б».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для участия в общем конкурсе предоставляются следующие документы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установленной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заполненная анкета с фотографией размером 3х4 по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установленной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>копии документов об образовании, засвидетельствованные нотариально;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>копия документа, подтверждающего трудовую деятельность, засвидетельствованная нотариально;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о состоянии здоровья по форме, утвержденной приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов 21 декабря 2010 года № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>копия документа, удостоверяющего личность гражданина Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сертификат о прохождении тестирования на знание законодательства с результатами не ниже пороговых значений, действительный на момент подачи документов (либо нотариально засвидетельствованная копия сертификата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заключение о прохождении оценки личных качеств в уполномоченном органе, действительное на момент подачи документов для участия в конкурсе (либо нотариально засвидетельствованную копию заключения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Допускается предоставление копии документов, указанных в подпунктах 3), 4), 7), 8). При этом служба управления персоналом сверяет копии документов с подлинниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не требуется предоставление копии документа, подтверждающего трудовую деятельность в случае, если гражданин не осуществлял трудовую деятельность и если стаж работы не требуется по вакантной должности, на которую объявлен конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Представление неполного пакета документов является основанием для отказа в их рассмотрении конкурсной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы должны быть представлены в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со дня последней публикации объявления о проведении конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лица, изъявившие желание участвовать в общем конкурсе, представляют документы в отдел управления персоналом и организационной работы  ГУ “Управление здравоохранения  Павлодарской области” в нарочном порядке, по почте или в электронном виде на адрес электронной почты, указанный в объявлении, либо посредством портала электронного Правительства «Е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» или интегрированной информационной системы «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» в сроки приема документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При предоставлении документов в электронном виде на адрес электронной почты государственного органа либо посредством портала электронного Правительства «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», их оригиналы представляются не позднее чем за один рабочий день до начала собеседования. При их непредставлении, лицо не допускается конкурсной комиссией к прохождению собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Граждане могут предоставлять дополнительную информацию, касающуюся их образования, опыта работы, профессионального уровня и репутации (копии документов о повышении квалификации, присвоении ученых степеней и званий, характеристики, рекомендации, научные публикации, иные сведения, характеризующие их профессиональную деятельность, квалификацию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидаты, допущенные к собеседованию, проходят его в здании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ «Управление здравоохранения  Павлодарской области»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со дня уведомления кандидатов о допуске их к собеседованию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...6 lines deleted...]
-        <w:t>5) Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2010 жылы 21 желтоқсанда № 6697 болып тіркелген) нысандағы денсаулығы туралы анықтама;</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Программа тестирования кандидатов на занятие вакантных административных государственных должностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...200 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...11 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         для категорий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45C01">
-[...6 lines deleted...]
-        <w:t>персоналды басқару және ұйымдастыру жұмысы бөліміне құжаттарын қолма-қол тәртіпте, пошта арқылы не хабарландыруда көрсетілген электрондық пошта мекенжайына электронды түрде не «Е-gov» электронды Үкімет порталы немесе «е-қызмет» ықпалдастырылған ақпараттық жүйесі арқылы құжаттарды қабылдау мерзімінде тапсырады.</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут; тесты на знание </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), конституционного закона Республики Казахстан «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О Президенте Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), законов Республики Казахстан «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О государственной службе Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Об административных процедурах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О порядке рассмотрения обращений физических и юридических лиц</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О государственных услугах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009269B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (15 вопросов).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Значения прохождения тестирования по второй программе составляют не менее 72 правильных ответов от общего количества вопросов (120 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бщее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 100 минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="00592C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">категорий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D-О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включает тесты на  выявление уровня инициативности (12 заданий), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникативности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12 заданий), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитичности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12 заданий), организованности (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      </w:r>
+      <w:r w:rsidR="00592C4D" w:rsidRPr="006E41EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зоны риска из возможных 4 (четырех) баллов для второй программы: инициативность – 1,5 балла, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникативность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1,5 балла, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитичность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 балла, организованность – 1,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1 балл, нетерпимость к коррупции – 2 балла.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="00592C4D" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...7 lines deleted...]
-        <w:t>Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения прозрачности и объективности работы конкурсной комиссии на ее заседание приглашаются наблюдатели и эксперты. В качестве наблюдателей на заседании конкурной комиссии могут присутствовать депутаты Парламента Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех уровней, представители средств массовой информации, аккредитованные в порядке, установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">законодательством Республики Казахстан, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий, сотрудники уполномоченного органа. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...39 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...17 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве экспертов могут выступать лица, не являющиеся работниками государственного органа, объявившего конкурс, имеющие опыт работы в областях соответствующих функциональным направлениям вакантной должности, в том числе в научной сфере, а также специалисты по отбору и продвижению персонала, государственные служащие других государственных органов, депутаты Парламента Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...84 lines deleted...]
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
+    <w:p w:rsidR="009269B8" w:rsidRPr="009269B8" w:rsidRDefault="009269B8" w:rsidP="008C7876">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B45C01">
-[...16 lines deleted...]
-        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан             (120 сұрақ) кем дегенде 72 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники конкурса и кандидаты могут обжаловать решение конкурсной комиссии в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его территориально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подразделени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009269B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, либо в судебном порядке в соответствии законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45C01" w:rsidRPr="00B45C01" w:rsidRDefault="00B45C01" w:rsidP="00B45C01">
-[...283 lines deleted...]
-    <w:p w:rsidR="00EE3D77" w:rsidRDefault="00EE3D77" w:rsidP="00B45C01">
+    <w:p w:rsidR="00EE3D77" w:rsidRDefault="00EE3D77" w:rsidP="008C7876">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00EE3D77" w:rsidSect="00B45C01">
+    <w:sectPr w:rsidR="00EE3D77" w:rsidSect="009269B8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0094425D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D4393A"/>
+    <w:rsidRoot w:val="003B2C34"/>
+    <w:rsid w:val="003B2C34"/>
+    <w:rsid w:val="00505420"/>
+    <w:rsid w:val="00592C4D"/>
+    <w:rsid w:val="006E41EF"/>
+    <w:rsid w:val="008C7876"/>
+    <w:rsid w:val="009269B8"/>
+    <w:rsid w:val="00CD3F7D"/>
+    <w:rsid w:val="00E407DC"/>
+    <w:rsid w:val="00ED031B"/>
     <w:rsid w:val="00EE3D77"/>
-    <w:rsid w:val="00EE3E72"/>
-    <w:rsid w:val="00F21124"/>
+    <w:rsid w:val="00FF704C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2630,51 +4057,51 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z950002733_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.245.12.42/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2922,51 +4349,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>8596</Characters>
+  <Pages>3</Pages>
+  <Words>1607</Words>
+  <Characters>9161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10084</CharactersWithSpaces>
+  <CharactersWithSpaces>10747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>