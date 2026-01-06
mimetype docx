--- v0 (2025-11-03)
+++ v1 (2026-01-06)
@@ -1,9254 +1,10410 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Объявление общего конкурса </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» корпусы бос мемлекеттік </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкімшілік лауазымдарына орналасуға жалпы конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы хабарландыру (төменгі лауазым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы конкурс қатысушыларына қойылатын ортақ біліктілік талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D-О-4**** санаты үшін: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">ей </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білімі, «Б» корпусының мемлекеттік әкімшілік лауазымдарына үлгілік біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 13 желтоқсандағы № 85 бұйрығына өзгеріс енгізу туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2017 жылғы 10 мамырдағы №98 бұйрығына сәйкес жұмыс  тәжірибесі  талап етілмейді.**** </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...76 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...106 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9675" w:type="dxa"/>
+        <w:tblW w:w="9495" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2442"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="3510"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="281"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
-              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="112"/>
-[...10 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:t>Категория</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcW w:w="7053" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
+              <w:ind w:firstLine="522"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000B5508">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ңiрген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а байланысты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="959"/>
-[...9 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...8 lines deleted...]
-                <w:kern w:val="2"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1918"/>
                 <w:tab w:val="left" w:pos="2877"/>
                 <w:tab w:val="left" w:pos="3836"/>
                 <w:tab w:val="left" w:pos="4795"/>
                 <w:tab w:val="left" w:pos="5754"/>
                 <w:tab w:val="left" w:pos="6713"/>
                 <w:tab w:val="left" w:pos="7672"/>
                 <w:tab w:val="left" w:pos="8631"/>
                 <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000B5508">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="1426"/>
-[...10 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-              <w:ind w:firstLine="567"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="1134"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-                <w:kern w:val="2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000B5508">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000B5508">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B5508">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>112430,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>****Ескерту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:  Мемлекеттік органның штат кестесінде D-O-4 лауазым төменгі болған жағдайда, онда жұмыс тәжірибесі талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B5508">
-[...74 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="00610793" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар облысы денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқарма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ММ 140000, Павлодар қ., Иса Байзақов көш. 151/2, 305-кабинет, анықтама үшін телефоны: 8 (7182) 67-51-37, электрондық мекенжайы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kense.dz@pavlodar.gov.kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» корпусы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос әкімшілік мемлекеттік лауазымдарына орналасуға  жалпы конкурс жариялайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="00610793" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Павлодар облысы  денсаулық сақтау басқармасы заң жұмысы бөлімінің бас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маманы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санаты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>D-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О-4» ****, лауазым индексі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>-01-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610793">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...42 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="00537CBB" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бөлімнің басқаруын жүзеге асыру. Нормативтік құқықтық актілер жобаларын, процессуальды құжаттарды, сонымен қатар мемлекеттік органмен әзірленетін, заңды түрдегі басқа да құжаттарды, соның ішінде мемлекеттік органның басқа құрылымдық бөлімшелерімен оларды әзірлеген жағдайда келісу жолымен әзірлеу және шарттарды даярлау. Денсаулық сақтау басқармасы әзірлеуші болып табылатын нормативті құқықтық актілердің құқықтық мониторингін жүргізу және оларға өзгертулер мен толықтыруларды енгізу немесе олардың күші жойылған деп тану бойынша уақытында шараларды қолдану. Облыс әкімдігінің медициналық ұйымдарды қайта ұйымдастыру мен заңмен белгіленген мерзімдерде Бақылау Кеңестерін жүргізу жөніндегі қаулыларын орындау. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік органға түсетін нормативті құқықтық актілерді жүйелендірілген есепке алынуын және сақталуын ұйымдастыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Басқарманың құқықтық қамтамасыз ету тиімділігінің бағалауын жүргізу. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасын насихаттау, мемлекеттік органда құқықтық жаппай оқу жөніндегі іс-шараларды әзірлеу мен іске асыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B5508">
-[...184 lines deleted...]
-        <w:t>корпуса «Б»:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заң актілерімен қарастырылған жағдайларда дайындау, мемлекеттік органның құзырына жататын құқықтық мәселелер бойынша мемлекеттік орган атынан түсіндіру.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сыбайлас жемқорлықпен күрес жөніндегі іс-шаралар жоспарын дайындау және іске асыру. «Нұр-Отан» ХДП-мен, құқық қорғау органдарымен сыбайлас жемқорлық құқық бұзушылықтармен күрес бойынша бірлескен жұмыс жүргізу. Денсаулық сақтау басқармасымен құқық қорғау органдарымен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">және өзге мемлекеттік органдарымен Елбасының, облыс әкімдігінің және әкімінің қылмыспен және сыбайлас жемқорлықпен күресу бөлімігіндегі актілерін және тапсырмаларын орындау мәселелері бойынша өзара әрекет етуді қамтамасыз ету. Ведомствоға жататын медициналық ұйымдарға әдістемелік көмек көрсету. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Белгіленген тәртіпте мемлекеттік органның мүддесін сотта, сонымен қатар, басқа ұйымдарда мемлекеттік орган қызметінің құқықтық мәселелерін қарау кезінде қорғау.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тиісті сот дауына және оларды жою бойынша ұсыныстар енгізуге және кінәлі лауазымды тұлғаларды жауапкершілікке тартуға әкелген негізгі себептер мен салдарларды анықтау мақсатында мемлекеттік органның қатысуымен талап арыз жұмысы, сот тәжірибесі жағдайының талдауын дайындау.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заңмен қарастырылған негіздеменің бар-жоғы жағдайында барлық сот инстацияларында мемлекеттік органның пайдасына емес қабылданған сот актісіне шағым білдіру бойынша шараларды уақытында қолдану, сонымен қатар, заңмен белгіленген тәртіпте қадағалау тәртіпте наразылық білдіру жөнінде қолдау хаттарымен прокуратура органдарына жүгіну.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заң күшіне енген сот актілерін орындау бойынша шаралардың қолданылуын қамтамасыз ету. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сотта мемлекеттік органның мүдделерін белгіленген тәртіпте, сондай-ақ басқа да ұйымдарда мемлекеттік органның құқықтық қызмет мәселелерін қарау кезінде ұсыну. Талап арыз жұмысының жай-күйін талдауды дайындау, негізгі себептер мен жағдайларды туындатқан сот тәжірибесінің қатысатын даулар бойынша табу мақсатында, оларды жою және лауазымды тұлғалар кінәлілерді жауапкершілікке тарту жөніндегі тиісті сот талқылауы және енгізу жөнінде ұсыныстар енгізу. Заңнамада көзделген негіздер болған жағдайда, мемлекеттік органның пайдасына емес қабылданған,сот актісінің шағымдану бойынша, барлық сот сатыларында, сондай-ақ заңнамада белгіленген тәртіппен прокуратура органдарына өтініш беруді қадағалау тәртібінде келтіру туралы уақытылы шараларды қабылдау. Заңды күшіне енген сот актілерін орындау бойынша шараларды қабылдауды қамтамасыз ету. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қазіргі заңнама нормаларымен оларға түсініктеме беру бойынша, жеке және заңды тұлғалардан түскен өтініштерін қарастыру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B84964" w:rsidRPr="00FB7A8C" w:rsidRDefault="00B84964" w:rsidP="00B84964">
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="00537CBB" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...190 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қазіргі заңнама нормаларына түсініктеме жөніндегі жеке және заңды тұлғалардың өтініштерін қарау. Бұйрықтардың олардың қолданыстағы заң нормаларына сәйкес келуіне тексеру және оларды парафирлеу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...133 lines deleted...]
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00B84964">
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="006B7D84" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыға қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оғары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>құқық саласында (құқықтану, халықаралық құқық)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="009A58BE" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурсқа қатысу үшін мынадай құжаттар тапсырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 3х4 үлгідегі түрлі түсті суретпен осы Қағидаларға 3-қосымшаға сәйкес нысанда толтырылған «Б» корпусының әкімшілік мемлекеттік лауазымына кандидаттың қызметтiк тiзiмі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) бiлiмi туралы құжаттар мен олардың көшірмелерінің нотариалдық куәландырылған көшiрмелерi; «Болашақ» халықаралық стипендиясын иеленуші, сондай-ақ өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын Қазақстан Республикасының азаматтарына шетелдік жоғары оқу орындары, ғылыми орталықтары мен зертханалары берген білім туралы құжаттарды қоспағанда, Қазақстан Республикасы азаматтарының шетелдік білім беру ұйымдарында алған білімі туралы құжаттарының көшiрмелерiне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды нострификациялау немесе тану куәліктерінің көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленушілерге берілген бiлiмi туралы құжаттарға «Халықааралық бағдарламалар орталығы» Акционерлік қоғамы берген Қазақстан Республикасы Президентінің «Болашақ» халықаралық стипендиясы бойынша оқуды аяқтау туралы анықтаманың көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...50 lines deleted...]
-        <w:t>(юриспруденция, международное право).</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын бiлiмi туралы құжаттардың көшірмелеріне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды тану туралы анықтаманың көшірмелері қоса беріледі; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A58BE" w:rsidRPr="00B84964" w:rsidRDefault="009A58BE" w:rsidP="00B84964">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">еңбек қызметін растайтын құжаттың нотариалдық куәландырылған немесе жұмыс орнынан кадр қызметімен куәландырылған көшiрмесi; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> инициативность, коммуникативность, аналитичность, организованность, этичность, ориентация на качество, ориентация на потребителя, нетерпимость к коррупции.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарына сәйкес құжат тапсырғанға дейін алты айдан аспайтын уақытта берілген 086/е нысандағы денсаулығы туралы медициналық анықтама (дәрігерлік кәсіби-консультациялық қорытынды) (немесе нотариалдық куәландырылған көшірмесі); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">құжаттарды тапсыру сәтінде заңнаманы білуіне тестілеуден өткені туралы шекті мәннен төмен емес нәтижелері бар қолданыстағы сертификат (немесе сертификаттың нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">конкурсқа қатысу үшін құжаттарды тапсыру сәтінде уәкілетті органда жеке қасиеттерін бағалауды өту туралы қолданыстағы қорытынды (немесе қорытындының нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 сәуірдегі № 272 бұйрығымен (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 11 маусымда № 11304 тіркелді) бекітілген «Психоневрологиялық ұйымнан анықтама беру» мемлекеттік көрсетілетін қызметтің стандартына сәйкес нысан бойынша құжат тапсырғанға дейін бір жылдан аспайтын уақытта берілген психоневрологиялық ұйымнан анықтама (немесе қорытындының нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 сәуірдегі № 272 бұйрығымен (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 11 маусымда № 11304 тіркелді) бекітілген «Наркологиялық ұйымнан анықтама беру» мемлекеттік көрсетілетін қызметтің стандартына сәйкес нысан бойынша құжат тапсырғанға дейін бір жылдан аспайтын уақытта берілген наркологиялық ұйымнан анықтама (немесе қорытындының нотариалдық куәландырылған көшірмесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттардың толық емес  ұсынылуы конкурстық комиссияның қараудан бас тартудың негізі болып есептеледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Жалпы конкурсқа қатысуға ниет білдірген тұлғалар конкурс өткiзетiн мемлекеттiк органға құжаттарын қолма-қол тәртіпте, пошта арқылы не хабарландыруда көрсетілген электрондық пошта мекенжайына электронды түрде не «Е-gov» электронды Үкімет порталы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе «е-қызмет» ықпалдастырылған ақпараттық жүйесі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы құжаттарды қабылдау мерзімінде тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B5508">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Конкурсқа қатысу үшін құжаттарды электронды түрде электрондық пошта не «Е-gov» электронды Үкімет порталы арқылы берілген жағдайда азаматтар құжаттардың түпнұсқасын әңгімелесу басталғанға дейін бір күнтізбелік күн бұрын кешіктірілмей береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі (7 жұмыс күні), ол жалпы конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейін келесі жұмыс күнінен бастап есептеледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...129 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve">Әңгімелесуге жіберілгендер туралы хабарланған соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 жұмыс күні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде әңгімелесуге жіберілген үміткерлер оны «Павлодар облысы денсаулық сақтау б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ММ-де өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясы жұмысының ашықтылығы мен объективтілігін қамтамасыз ету үшін оның отырысына байқаушылар шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000B5508">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, мемлекеттік қызмет істері жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) қызметкерлері қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> К копиям документов об образовании, полученным гражданами Республики Казахстан в зарубежных организациях образования, прилагаются копии удостоверений о признании или нострификации данных документов об образовании, выданных уполномоченным органом в сфере образования, за исключением документов об образовании, выданных зарубежными высшими учебными заведениями, научными центрами и лабораториями гражданам Республики Казахстан – обладателям международной стипендии «Болашак», а также подпадающих под действие международного договора (соглашение) о взаимном признании и эквивалентности.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаушы ретінде конкурс комиссиясының отырысына қатысу үшін тұлға әңгімелесу басталғанға дейін бір жұмыс күнінен кешіктірмей персоналды басқару қызметінде (кадр қызметінде) тіркеледі. Тіркелу үшін тұлғалар персоналды басқару қызметіне (кадр қызметіне) жеке басын куәландыратын құжаттың көшірмесін немесе электрондық көшірмесін, «Б» корпусының мемлекеттік әкiмшiлiк лауазымына орналасуға арналған конкурсты өткiзу Қағидалардың 26-тармағында көрсетілген ұйымдарға тиесілілігін растайтын құжаттардың көшірмелерін немесе электрондық көшірмелерін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тар шеңберде мамандырылған лауазымдарға конкурсты өткізген жағдайда конкурс комиссиясының отырысына сарапшылар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тар шеңберде мамандырылған ретінде мемлекеттік орган қызметшілерінің                              5 пайызынан аз қызметші ие болған мамандық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сарапшы ретінде конкурс жариялаған мемлекеттік органның қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда, соның ішінде ғылым саласында жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік әкімшілік лауазымдарға орналасуға арналған тест өткізу бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>D-O-4 санатына арналған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;  Қазақстан Республикасының Конституциясын (15 сұрақ), «Қазақстан Республикасының Президенті туралы» (15 сұрақ) Қазақстан Республикасының конституциялық заңы, «Қазақстан Республикасының мемлекеттік қызметі туралы»                        (15 сұрақ), «Сыбайлас жемқорлыққа қарсы іс-қимыл туралы» (15 сұрақ), «Әкімшілік рәсімдер туралы» (15 сұрақ), «Жеке және заңды тұлғалардың өтiнiштерiн қарау тәртiбi туралы» (15 сұрақ), «Мемлекеттік көрсетілетін қызметтер туралы» (15 сұрақ), «Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы»                          (15 сұрақ), ҚР Президентінің 2015 жылғы 29 желтоқсандағы №153 Жарлығымен бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің Этикалық кодексі (мемлекеттік қызметшілерінің қызметтік этика қағидалары) (10 сұрақ) Қазақстан Республикасының заңдарын бiлуге арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>К копиям документов об образовании, выданных обладателям международной стипендии «Болашак», прилагается копия справки о завершении обучения по международной стипендии Президента Республики Казахстан «Болашак», выданной акционерным обществом «Центр международных программ».</w:t>
+        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан                  (130 сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">К копиям документов об образовании, подпадающих под действие международного договора (соглашения) о взаимном признании и эквивалентности, прилагаются копии </w:t>
-[...12 lines deleted...]
-        <w:t>справок о признании данных документов об образовании, выданных уполномоченным органом в сфере образования;</w:t>
+        <w:t>Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 105 минутті құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Б» корпусының лауазымына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B5508">
-[...37 lines deleted...]
-          <w:iCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің жеке қасиеттерін бағалауға арналған тестілеу бағдарламалары D-O-4  санатына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған  келесіні қамтиды: бастамашылық                  (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестер.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутті құрайды. Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...420 lines deleted...]
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> до начала собеседования.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкiлеттi органға немесе оның аумақтық бөлiмшесiне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртiбiнде конкурс комиссиясының шешiмiне шағымдана алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...452 lines deleted...]
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              (мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="180"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...286 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-      <w:pPr>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мені______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________ бос мемлекеттік әкімшілік лауазымына орналасу конкурсына қатысуға жіберуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға конкурс өткізу қағидаларының негізгі талаптарымен таныстым, олармен келісемін және орындауға міндеттеме аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> правильных ответов от общего количества вопросов (130 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған құжаттарымның дәйектілігіне жауап беремін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-      <w:pPr>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> минут;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса берілген құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мекен жайы және байланыс телефоны_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000B5508">
-[...130 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолы) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000B5508">
-[...8 lines deleted...]
-        <w:t>Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»_______________ 20 __ ж.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="000B5508" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="181"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...99 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Приложение1</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...24 lines deleted...]
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...141 lines deleted...]
-        <w:t>(государственный орган)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">КАНДИДАТА НА </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАТИВНУЮ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...63 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...873 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="226"/>
         <w:gridCol w:w="61"/>
         <w:gridCol w:w="958"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="2933"/>
-        <w:gridCol w:w="2125"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1459"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="919"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">тегі, аты және әкесінің аты (болған жағдайда) / </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) / </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>(түрлі түсті/ цветное,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/ цветное,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>лауазымы/должность, санаты/категория</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/должность, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>(болған жағдайда/при наличии)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="208" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бітірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілдері</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ілуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наградалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құрметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломатиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әскери</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
+              <w:t xml:space="preserve">Дипломатический ранг, воинское, специальное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...14 lines deleted...]
-              <w:t>Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаза</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негізі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиімділігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сайынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>егер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кем </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңіндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетіледі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметшілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...14 lines deleted...]
-              <w:t>Күні/Дата</w:t>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекеменің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...14 lines deleted...]
-              <w:t>қабылданған/приема</w:t>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қабылданған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
-[...87 lines deleted...]
-      <w:tr w:rsidR="002B29DB" w:rsidTr="00CD07A1">
+      <w:tr w:rsidR="000F7DC4" w:rsidTr="004C0795">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Кандидаттың қолы/</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000F7DC4" w:rsidRDefault="000F7DC4" w:rsidP="004C0795">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>күні/дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="00136B7F" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="000F7DC4" w:rsidRPr="002B29DB" w:rsidRDefault="000F7DC4" w:rsidP="000F7DC4"/>
+    <w:p w:rsidR="002B29DB" w:rsidRPr="000F7DC4" w:rsidRDefault="002B29DB" w:rsidP="000F7DC4">
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:sectPr w:rsidR="002B29DB" w:rsidRPr="00136B7F" w:rsidSect="009B0E1C">
+    <w:sectPr w:rsidR="002B29DB" w:rsidRPr="000F7DC4" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -9906,68 +11062,70 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00393FDE"/>
     <w:rsid w:val="000055F6"/>
     <w:rsid w:val="00024135"/>
     <w:rsid w:val="00026B63"/>
     <w:rsid w:val="00090663"/>
     <w:rsid w:val="000A39E2"/>
     <w:rsid w:val="000B5508"/>
     <w:rsid w:val="000C0375"/>
     <w:rsid w:val="000F13D8"/>
+    <w:rsid w:val="000F7DC4"/>
     <w:rsid w:val="00126CC3"/>
     <w:rsid w:val="00136B7F"/>
     <w:rsid w:val="001715F8"/>
     <w:rsid w:val="001A3492"/>
     <w:rsid w:val="00220F50"/>
     <w:rsid w:val="002B29DB"/>
     <w:rsid w:val="002E19CF"/>
     <w:rsid w:val="0035720F"/>
     <w:rsid w:val="003905DF"/>
     <w:rsid w:val="00393FDE"/>
     <w:rsid w:val="00470B4B"/>
     <w:rsid w:val="00491DBC"/>
     <w:rsid w:val="004959FC"/>
     <w:rsid w:val="00500643"/>
     <w:rsid w:val="00512DC0"/>
     <w:rsid w:val="005161DD"/>
     <w:rsid w:val="00537CBB"/>
     <w:rsid w:val="00576149"/>
     <w:rsid w:val="005A2948"/>
     <w:rsid w:val="005A3579"/>
     <w:rsid w:val="005F4938"/>
     <w:rsid w:val="00610793"/>
     <w:rsid w:val="00614B9C"/>
     <w:rsid w:val="006438C4"/>
     <w:rsid w:val="006B7D84"/>
@@ -10947,51 +12105,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2130397820">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z950002733_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1300000088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11239,67 +12397,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>16669</Characters>
+  <Pages>8</Pages>
+  <Words>2742</Words>
+  <Characters>15635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19554</CharactersWithSpaces>
+  <CharactersWithSpaces>18341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>