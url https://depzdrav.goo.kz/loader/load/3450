--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,13643 +1,14282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00280F7E" w:rsidRDefault="00280F7E" w:rsidP="00280F7E">
-[...4 lines deleted...]
-        <w:ind w:right="99" w:firstLine="567"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:spacing w:after="200"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:spacing w:after="200"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">бщего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для занятия вакантной административной государственной должности корпуса «Б» (низовая должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:spacing w:after="200"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общие квалификационные требования к участникам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б» корпусы бос мемлекеттік әкімшілік лауазым</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">общего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00280F7E" w:rsidRPr="006E5C63" w:rsidRDefault="00280F7E" w:rsidP="00280F7E">
-[...37 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">для категорий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>**** (низовая должность)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00602899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 13 декабря 2016 года № 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых квалификационных требований к административным государственным должностя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м корпуса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (с учетом изменений, внесенных приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 мая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>98).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008F0AD0" w:rsidRPr="00452F5D" w:rsidRDefault="008F0AD0" w:rsidP="008F0AD0">
-[...5 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...228 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
         <w:tblW w:w="9669" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="30" w:type="dxa"/>
+          <w:left w:w="25" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2724"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3429"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F0AD0" w:rsidRPr="00DD6628" w:rsidTr="00F3384A">
+      <w:tr w:rsidR="002F2A4A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F0AD0" w:rsidRPr="00DD6628" w:rsidRDefault="008F0AD0" w:rsidP="00F3384A">
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="112"/>
+                <w:tab w:val="left" w:pos="1188"/>
+              </w:tabs>
+              <w:ind w:right="-2" w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
-              <w:ind w:right="112" w:firstLine="567"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-              <w:t>а байланысты</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В зависимости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F0AD0" w:rsidRPr="00DD6628" w:rsidTr="00F3384A">
+      <w:tr w:rsidR="002F2A4A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="513"/>
+          <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
-[...26 lines deleted...]
-              <w:pStyle w:val="a3"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl/>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="959"/>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="1426"/>
+              </w:tabs>
+              <w:ind w:right="-2" w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
               </w:tabs>
-              <w:ind w:right="125" w:firstLine="567"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009D0FAA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3429" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a3"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:widowControl/>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="959"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1769"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
-              <w:ind w:firstLine="567"/>
+              <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009D0FAA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F0AD0" w:rsidRPr="00DD6628" w:rsidTr="00F3384A">
+      <w:tr w:rsidR="002F2A4A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F0AD0" w:rsidRPr="00E132E9" w:rsidRDefault="008F0AD0" w:rsidP="00F3384A">
+            <w:tcW w:w="2440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
-              <w:spacing w:before="0"/>
+              <w:spacing w:before="0" w:after="200"/>
               <w:ind w:right="-2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:snapToGrid w:val="0"/>
-                <w:color w:val="auto"/>
+                <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0042309D">
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="0042309D">
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="0042309D">
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="0042309D">
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...18 lines deleted...]
-            <w:pPr>
+              <w:t>-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>83282</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> 83282</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="25" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-2" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>112431</w:t>
+              <w:t xml:space="preserve">112431 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EA3212" w:rsidRDefault="00EA3212" w:rsidP="00EA3212">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008F0AD0" w:rsidRPr="00664C47" w:rsidRDefault="00527D7C" w:rsidP="00664C47">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:pStyle w:val="af1"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="00EA3212" w:rsidRPr="00664C47">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ескерту:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA3212" w:rsidRPr="00664C47">
+        <w:t>****</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00EA3212" w:rsidRPr="00664C47">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в штатном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>распи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ании</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EA3212" w:rsidRPr="00664C47">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>D-O-4***</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00030B17" w:rsidRPr="00664C47">
+        <w:t>ГУ «Управление государственного архитектурно-строительного контроля  Павлодарской области» должность главного специалиста категория</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...9 lines deleted...]
-        <w:t>санаты төменгі болып табылады.</w:t>
+        <w:t>**** является низовой.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA3212" w:rsidRDefault="00EA3212" w:rsidP="00EA3212">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00312B31" w:rsidRPr="00AA2F4E" w:rsidRDefault="00312B31" w:rsidP="00312B31">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText1"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRPr="00446FBC" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:ind w:right="99" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1405"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение «Управление государственного архитектурно-строительного контроля Павлодарской области», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, г. Павлодар, ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Каирбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 72,</w:t>
+      </w:r>
+      <w:r w:rsidR="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 этаж, 4 кабинет, телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для  справок</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 8 (7182) 327055, электронная почта:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="00446FBC">
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>kense.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00446FBC">
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>gask</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00446FBC">
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>@pavlodar.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, объявляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общий конкурс на занятие вакантных административных государственных должностей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корпуса «Б»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRPr="00446FBC" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-2" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk506540122"/>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...177 lines deleted...]
-      <w:r w:rsidRPr="00AA2F4E">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Главный специалист отдела государственной архитектурно-строительной инспекции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00614D53">
+        <w:t xml:space="preserve">. Категория </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">» корпусы </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>****</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,  индекс должности № 22-1-02-0</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 1 (одна) единица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>осуществление государственного архитектурно-строительного контроля и надзора за качеством строительства объектов на территории Павлодарской области;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применение установленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>х Кодексом Республики Казахстан об административных правонарушениях мер воздействия к нарушителям архитектурно-градостроительной дисциплины на объектах строительства;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00025361">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выявление и анализ причин нарушений государственных нормативов и требований (условий, огр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аничений), допущенных субъектами архитектурной, градостроительной и строительной деятельности на территории Павлодарской области;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>организация и осуществление надзора за качеством проектной документации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>ведение мониторинга строящихся (намечаемых к строител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>ьству) объектов и комплексов в порядке, установленном Правительством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>принятие решений о применении к нарушителям предусмотренных законодательных мер в связи с допущенными нарушениями и отклонениями от норм законодательства, государств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>енных нормативных требований, условий и ограничений, установленных в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разработка мероприятий по совершенствованию форм и методов осуществления государственного архитектурно-строительного ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нтроля и надзора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>составлять протоколы об административных правонарушениях при выявлении нарушений законодательства Республики Казахстан в соответствии с Кодексом Республики Казахстан «Об административных правонарушениях»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>взаимодействовать с правоохраните</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>льными и иными государственными органами по вопросам, отнесенным к его компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прием уведомлений о начале производства строительно-монтажных работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рассмотрение обращений физических и юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Требования к участникам конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: в области технич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еских наук и технологий (строительство, производство строительных материалов, изделий и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конструкций,  гидротехническое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> строительство и транспортное строительство), в области искусств (архитектура).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F53F2" w:rsidRDefault="00D95F7A" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00B35027">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие следующих компетенций: инициативность, коммуникати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вность, аналитичность, организованность, этичность, ориентация на качество, ориентация на потребителя, нетерпимость к коррупции</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...58 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="009D4D93" w:rsidRPr="00B35027" w:rsidRDefault="00312B31" w:rsidP="00FA7B89">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="006F53F2" w:rsidRPr="006F53F2" w:rsidRDefault="006F53F2" w:rsidP="006F53F2">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Главный специалист отдела государственной архитектурно-строительной инспекции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B35027">
+        <w:t xml:space="preserve">. Категория </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D-O-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік сәулет-құрылыс инспекциясы  бөлімінің бас маманы.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A82EB5">
+        <w:t>****</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>индекс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B35027">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00B35027">
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000656C7">
+        </w:rPr>
+        <w:t xml:space="preserve"> № 22-1-02-0</w:t>
+      </w:r>
+      <w:r w:rsidR="00602899">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B35027">
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B35027">
+        </w:rPr>
+        <w:t>, 1 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F53F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>одна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>единица</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F53F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B17D6" w:rsidRPr="003B17D6" w:rsidRDefault="0044539F" w:rsidP="003B17D6">
+    <w:p w:rsidR="006F53F2" w:rsidRDefault="006F53F2" w:rsidP="006F53F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00280F7E">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...14 lines deleted...]
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446FBC">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>осуществление государственного архитектурно-строительного контроля и надзора за качеством строительства объектов на территории Павлодарской области;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применение установленных Кодексом Республики Казахстан об административных правонарушениях мер воздействия к нарушителям архитектурно-градостроительной дисциплины на объектах строительства;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">жобалық құжаттама сапасын қадағалау мен ұйымдастыруды жүзеге асыру;  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выявление и анализ причин нарушений государственных нормативов и требований (условий, ограничений), допущенных субъектами архитектурной, градостроительной и строительной деятельности на территории Павлодарской области;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">салынып жатқан (салынуы белгіленген) объектілер мен кешендердің мониторингін Қазақстан Республикасының Үкіметі белгілеген тәртіппен жүргізуін бақылау; </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>организация и осуществление надзора за качеством проектной документации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>ведение мониторинга строящихся (намечаемых к строительству) объектов и комплексов в порядке, установленном Правительством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>принятие решений о применении к нарушителям предусмотренных законодательных мер в связи с допущенными нарушениями и отклонениями от норм законодательства, государственных нормативных требований, условий и ограничений, установленных в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разработка мероприятий по совершенствованию форм и методов осуществления государственного архитектурно-строительного контроля и надзора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>составлять протоколы об административных правонарушениях при выявлении нарушений законодательства Республики Казахстан в соответствии с Кодексом Республики Казахстан «Об административных правонарушениях»;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сәулет, қала құрлысы және құрылыс қызметі саласында белгіленген мемлекеттік нормативтер талаптарын, шарттарын және шектеулерін, заңнама нормаларынан  ауытқу және жіберілген бұзушылықтарына байланысты  бұзушыларға қарастырылған заңнамалық  шара қолдану туралы шешім қабылдау</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>взаимодействовать с правоохранительными и иными государственными органами по вопросам, отнесенным к его компетенции;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
-[...27 lines deleted...]
-      <w:r w:rsidR="003B17D6" w:rsidRPr="003B17D6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прием уведомлений о начале производства строительно-монтажных работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>құзыретіне жататын мәселелер бойынша құқық қорғау органдарымен және өзге де мемлекеттік органдармен өзара іс-кимыл жасау</w:t>
-[...8 lines deleted...]
-        <w:t>; құрылыс-монтаждау жұмыстары жүргізіле басталғаны туралы хабарламаны  қабылдау; жеке және заңды тұлғалардың өтініштерін қарастыру.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рассмотрение обращений физических и юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA7B89" w:rsidRDefault="0044539F" w:rsidP="00FA7B89">
+    <w:p w:rsidR="006F53F2" w:rsidRDefault="006F53F2" w:rsidP="006F53F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0049674E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...69 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: в области технических наук и технологий (строительство, производство строительных материалов, изделий и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конструкций,  гидротехническое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> строительство и транспортное строительство), в области искусств (архитектура).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044539F" w:rsidRPr="00FA7B89" w:rsidRDefault="0044539F" w:rsidP="00FA7B89">
+    <w:p w:rsidR="006F53F2" w:rsidRDefault="006F53F2" w:rsidP="006F53F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие следующих компетенций: инициативность, коммуникативность, аналитичность, организованность, этичность, ориентация на качество, ориентация на потребителя, нетерпимость к коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B67FC" w:rsidRPr="00B35027" w:rsidRDefault="000B67FC" w:rsidP="00FA7B89">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Примечание: к данным должностям может быть </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>установлен региональный опыт работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**Примечание: данное требование предъявляется для участников общего конкурса на занятие административной государственной должности корпуса «Б».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*** Примечание: данное требование установлено только к должностям судебной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z376"/>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00527D7C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t>****Примечание: в случае если в штатном расписании государственного органа данная должность является низовой, то требования по опыту работы не устанавливаются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B67FC" w:rsidRPr="003B17D6" w:rsidRDefault="000B67FC" w:rsidP="000B67FC">
-[...193 lines deleted...]
-    <w:p w:rsidR="00A82EB5" w:rsidRPr="00FA7B89" w:rsidRDefault="000B67FC" w:rsidP="00FA7B89">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...28 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Необходимые для участия в конкурсе документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...93 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00580042" w:rsidRPr="00896A13">
-[...8 lines deleted...]
-        <w:t>Жалпы конкурсқа қатысу үшін мынадай құжаттар тапсырылады:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z145" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-      <w:pPr>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>послужной список кандидата на административную государственную должность корпуса «Б»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">1) Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш;  </w:t>
+        <w:t xml:space="preserve">цветной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фотографией размером 3х4 по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z147" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...373 lines deleted...]
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) копии документов об образовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Құжаттардың толық емес  ұсынылуы конкурстық комиссияның қараудан бас тартудың негізі болып есептеледі.</w:t>
+        <w:t xml:space="preserve"> и приложений к ним</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, засвидетельствованные нотариально.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К копиям документов об образовании, полученным гражданами Республики Казахстан в зарубежных организациях образования, прилагаются копии удостоверений о признании или нострификации данных документов об образовании, выданных уполномоченным органом в сфере о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бразования, за исключением документов об образовании, выданных зарубежными высшими учебными заведениями, научными центрами и лабораториями гражданам Республики Казахстан – обладателям международной стипендии «Болашак», а также подпадающих под действие межд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ународного договора (соглашение) о взаимном признании и эквивалентности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">          Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+        <w:tab/>
+        <w:t>К копиям документов об образовании, выданных обладателям международной стипендии «Болашак», прилагается копия справки о завершении обучения по международной стипендии Президента Респ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ублики Казахстан «Болашак», выданной акционерным обществом «Центр международных программ».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...107 lines deleted...]
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Әңгімелесуге жіберілгендер туралы хабарланған соң </w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">К копиям документов об образовании, подпадающих под действие международного договора (соглашения) о взаимном признании и эквивалентности, прилагаются копии справок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3 жұмыс күні</w:t>
-[...136 lines deleted...]
-        <w:t xml:space="preserve">ММ-де өтеді. </w:t>
+        <w:t>о признании данных документов об образовании, выданных уполномоченным органом в сфере образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...248 lines deleted...]
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) копия документа, подтверждающего трудовую деятельность, засвидетельствованная нотариально</w:t>
+      </w:r>
+      <w:r w:rsidR="00602899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан                  (130 сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>либо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверенная кадровой службой с места работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-      <w:pPr>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t>Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 105 минутті құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) медицин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ская справка о состоянии здоровья (врачебное профессионально-консультативное заключение) по форме № 086/у, согласно формам первичной медицинской документации организаций здравоохранения, утвержденным приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Министра здравоохранения Республики Казахс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тан от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697), выданная не более чем за шесть месяцев до дня представления документов (либо нотариально засвидетельствованная копия);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-      <w:pPr>
+    <w:p w:rsidR="0071089F" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Б» корпусының лауазымына </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> арналған  келесіні қамтиды: бастамашылық                  (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестер.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документа, удостоверяющего личность, гражданина Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-      <w:pPr>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="0071089F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896A13">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D95F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">сертификат о прохождении тестирования на знание законодательства с результатами не ниже пороговых значений, действительный на момент подачи документов (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сертификат) (либо нота</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>риально засвидетельствованная копия сертификата);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутті құрайды. Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>заключение о прохождении оценки личных качеств в уполномоченном органе, действительное на момент подачи документов для участия в конкурсе (либо нотариально засвидетельствованная копия заключения);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>правка с психоневрологической организации по форме, согласно стандарту государственной услуги «Выдача справки с психоневрологической организации», утвержденному приказом Министра здравоохранения и социального развития Республики Казахстан от 27 апреля 2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № 272 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11304), выданная не более чем за один год до дня представления документов (либо нотариально засвидетельствованную копию)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>справка с наркологической орга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">низации по форме, согласно стандарту государственной услуги «Выдача справки с наркологической организации», утвержденному приказом Министра здравоохранения и социального развития Республики Казахстан от 27 апреля 2015 года № 272 (зарегистрирован в Реестре </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов за № 11304), выданная не более чем за один год до дня представления документов (либо нотариально засвидетельствованная копия).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z63"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Представление неполного пакета документов является основанием для отказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в их рассмотрении конкурсной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Граждане могут предоставлять дополнительную информацию, касающуюся их образования, опыта работы, профессионального уровня и репутации (копии документов о повышении квалификации, присвоении ученых степеней и званий,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристики, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">рекомендации, научные публикации, иные сведения, характеризующие их профессиональную деятельность, квалификацию). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лица, изъявившие желание участвовать в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>общем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсе представляют документы в государственный орган, объявивший конкурс, в нарочном порядке, по почте или в электронном виде на адрес электронной почты, указанный в объявлении либо посредством портала электронного Правительства «Е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или интегрирова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нной информационной системы «е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z61"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в сроки приема документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При предоставлении документов в электронном виде на адрес электронной почты государственного органа либо посредством портала электронного Правительства «Е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>», их оригиналы представляются н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е позднее чем за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкiлеттi органға немесе оның аумақтық бөлiмшесiне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртiбiнде конкурс комиссиясының шешiмiне шағымдана алады.</w:t>
+        <w:t>один рабочий день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до начала собеседования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00896A13" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...809 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Срок приема документов для общего конкурса - 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>который исчисляется со следующего рабочего дня после последней публикации объявления о проведении общего конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кандидаты, допущен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ные к собеседованию, проходят его в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Управление государственного архитектурно-строиетльного контроля Павлодарской области» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение </w:t>
+      </w:r>
+      <w:r w:rsidR="000E213D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> со дня уведомления</w:t>
+      </w:r>
+      <w:r w:rsidR="000E213D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатов о допуске их к собеседованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для обеспечения прозрачности и объективности р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аботы конкурсной комиссии на ее заседание приглашаются наблюдатели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В качестве наблюдателей на заседании конкурсной комиссии могут присутствовать депутаты Парламента Республики Казахстан и маслихатов всех уровней, представители средств массовой информации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аккредитованные в порядке, установленном законодательством Республики Казахстан, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий, работники уполномоченного органа п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о делам государственной службы (далее – уполномоченный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для присутствия на заседании конкурсной комиссии в качестве наблюдателя лицо регистрируется в службе управления персоналом (кадровой службе) не позднее одного рабочего дня до начала проведения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>собеседования. Для регистрации лицо предоставляет в службу управления персоналом (кадровую службу) копию или электронную копию документа, удостоверяющего личность, и копии или электронные копии документов, подтверждающих принадлежность к организациям, указ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анным в пункте 26 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При проведении конкурса на должности с узкой специализацией на заседание конкурсной комиссии приглашаются эксперты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Узкой специализацией является специализация, которой обладают менее 5 % сотрудников государственного ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E213D" w:rsidRDefault="00D95F7A" w:rsidP="000E213D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В качестве экспертов выступают лица, не являющиеся работниками государственного органа, объявившего конкурс, имеющие опыт работы в областях, соответствующих функциональным направлениям вакантной должности, в том числе в научной сфере, а также специал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>исты по отбору и продвижению персонала, государственные служащие других государственных органов, депутаты Парламента Республики Казахстан и маслихатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E213D" w:rsidRPr="000E213D" w:rsidRDefault="00D95F7A" w:rsidP="000E213D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа тестирования кандидатов на занятие вакантных административных государственных должностей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E213D" w:rsidRDefault="00D95F7A" w:rsidP="000E213D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для категорий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-О-4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E213D" w:rsidRDefault="00D95F7A" w:rsidP="000E213D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью</w:t>
+      </w:r>
+      <w:r w:rsidR="0071089F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 минут; тесты на знание  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="000E213D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(15 вопросов), констит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уционного закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>О Президенте Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (15 вопросов), законов Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="000E213D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>О государственной сл</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ужбе Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Об административных процедурах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (15 вопросов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>О порядке рассмотрения обращений физических и юридических лиц</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (15 вопросов), </w:t>
+      </w:r>
+      <w:r w:rsidR="000E213D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>О государственных услугах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z0" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">О местном государственном управлении </w:t>
+        </w:r>
+        <w:r w:rsidR="000E213D">
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                      </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="-"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>и самоуправлении в Республике Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (15 вопросов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Этического кодекса государственных служащих Республики Казахстан (Правил служебной этики государственных служащих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), утвержденных Указом Президента Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29 декабря 2015 года №153 (10 вопросов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E213D" w:rsidRDefault="00D95F7A" w:rsidP="000E213D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значения прохождения тестирования по второй программе составляют не менее </w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правильных ответов от общего количества вопросов (130 вопросов) по всем нормати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Общее время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестирование на оценку личных качеств к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">андидатов на должности корпуса «Б» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для категорий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включает тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности </w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(12 заданий), организованности (12 заданий), этичности (12 заданий), ориентации на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Зоны риска из возможных 4 (четырех) баллов для второй программы: инициативност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь – 1,5 балла, коммуникативность – 1,5 балла, аналитичность – 2 балла, организованность – </w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1 балл, нетерпимость к коррупции – 2 балла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRPr="000F76E7" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники конкурса и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаты могут обжаловать решение конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="000F76E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уполномоченн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его территориально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00602899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подразделени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, либо в судебном порядке в соответствии законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="239"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="240"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(государственный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="241"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="242"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к участию в конкурсе на занятие вакантной административной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">государственной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>С основными требованиями Правил прове</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дения конкурса на занятие административной государственной должности корпуса «Б» ознакомлен (ознакомлена), согласен (согласна) и обязуюсь их выполнять.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Отвечаю за подлинность представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прилагаемые документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="243"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Адрес и контактный телефон ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="244"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="245"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_»_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="246"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...23 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...23 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...23 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...23 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...403 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="182"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE13FB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE13FB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE13FB">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ </w:t>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00580042">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4960" w:type="pct"/>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5336" w:type="pct"/>
+        <w:tblInd w:w="-269" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="223"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="165"/>
+        <w:gridCol w:w="585"/>
+        <w:gridCol w:w="1772"/>
+        <w:gridCol w:w="2512"/>
+        <w:gridCol w:w="119"/>
+        <w:gridCol w:w="1643"/>
+        <w:gridCol w:w="906"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="1371"/>
+        <w:gridCol w:w="68"/>
+        <w:gridCol w:w="123"/>
+        <w:gridCol w:w="186"/>
+        <w:gridCol w:w="80"/>
+        <w:gridCol w:w="177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="177" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="178" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...50 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7702" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әкесінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) / </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...15 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>түрлі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>түсті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/ цветное,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="85" w:type="dxa"/>
-[...26 lines deleted...]
-          </w:p>
+            <w:tcW w:w="191" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="266" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="178" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...36 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7702" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лауазымы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/должность, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>санаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/категория</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridAfter w:val="6"/>
+          <w:wAfter w:w="2005" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7702" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="81"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="000F76E7" w:rsidRDefault="000F76E7"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="2"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9380" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖЕКЕ МӘЛІМЕТТЕР / </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЛИЧНЫЕ ДАННЫЕ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...18 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9438" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Туған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұлты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қалауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...15 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орнын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бітірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>біліктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тілдерін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>білуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наградалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>құрметті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атақтары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Государственные награды, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>почетные звания (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="2"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломатиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әскери</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
-[...281 lines deleted...]
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жаза</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>түрі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, оны </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тағайындау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>негізі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...11 lines deleted...]
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="000F76E7" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тиімділігін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жыл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сайынғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағалау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нәтижесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>егер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> кем </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нақты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кезеңіндегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>көрсетіледі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әкімшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметшілер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>толтырады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...24 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9438" w:type="dxa"/>
+            <w:tcW w:w="9380" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...16 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t xml:space="preserve">ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДЕЯТЕЛЬНОСТЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2729" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="4988" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A" w:rsidP="000F76E7">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6785" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="4460" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мекеменің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орналасқан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidRDefault="00580042" w:rsidP="00AB33EC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00BE13FB">
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...24 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қабылданған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/приема</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-          </w:p>
-[...74 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6843" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580042" w:rsidRPr="00BE13FB" w:rsidTr="00FA7B89">
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
         <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
+          <w:gridAfter w:val="4"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="566" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4579" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F2A4A" w:rsidTr="000F76E7">
+        <w:trPr>
+          <w:gridBefore w:val="2"/>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="121" w:type="dxa"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:wBefore w:w="402" w:type="dxa"/>
+          <w:wAfter w:w="257" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00BE13FB">
+            <w:tcW w:w="6631" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Кандидаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000F76E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қолы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE13FB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="7" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="00D95F7A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...63 lines deleted...]
-          </w:p>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A"/>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="0044539F" w:rsidRPr="00C22CFD" w:rsidRDefault="0044539F" w:rsidP="00580042">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5529"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0044539F" w:rsidRPr="00C22CFD" w:rsidSect="00FA7B89">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="002F2A4A">
+      <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1135" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00890BE8" w:rsidRPr="00F35D1E" w:rsidRDefault="00890BE8" w:rsidP="00F35D1E">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D95F7A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00890BE8" w:rsidRPr="00F35D1E" w:rsidRDefault="00890BE8" w:rsidP="00F35D1E">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D95F7A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-    <w:panose1 w:val="02040502050505030304"/>
+  <w:font w:name="Times Kaz">
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00890BE8" w:rsidRPr="00F35D1E" w:rsidRDefault="00890BE8" w:rsidP="00F35D1E">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D95F7A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00890BE8" w:rsidRPr="00F35D1E" w:rsidRDefault="00890BE8" w:rsidP="00F35D1E">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00D95F7A" w:rsidRDefault="00D95F7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00F35D1E" w:rsidRDefault="00890BE8">
+  <w:p w:rsidR="002F2A4A" w:rsidRDefault="00446FBC">
     <w:pPr>
-      <w:pStyle w:val="ae"/>
+      <w:pStyle w:val="af3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:48.75pt;width:30pt;height:631.4pt;z-index:251658240;mso-wrap-style:tight" stroked="f">
-          <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s2049">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:48.75pt;width:30pt;height:631.4pt;z-index:-503316470;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr4dlOrwEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Gu0zAMfUfiH6K8s7ZjcEu17gq4GkJC&#10;gHThA9I0WSMlceTkrt3f42Rjd4I3RB/S2Me1z7Hd7f3iLDsqjAZ8z5tVzZnyEkbjDz3/+WP/quUs&#10;JuFHYcGrnp9U5Pe7ly+2c+jUGiawo0JGSXzs5tDzKaXQVVWUk3IiriAoT6AGdCKRiYdqRDFTdmer&#10;dV2/rWbAMSBIFSN5H84g35X8WiuZvmkdVWK258QtlRPLOeSz2m1Fd0ARJiMvNMQ/sHDCeCp6TfUg&#10;kmBPaP5K5YxEiKDTSoKrQGsjVdFAapr6DzWPkwiqaKHmxHBtU/x/aeXX43dkZqTZceaFoxHlnswh&#10;dgQ9BgLT8gGWjF/8kZxZ6qLR5TeJYIRTd0/XjqolMUnO121T14RIgtq6ae/a0vLq+euAMX1S4Fi+&#10;9BxpYqWR4vglJqpIob9DcrEI1ox7Y20x8DB8tMiOgqa7L08mSZ/chFVZy5lzvqVlWC5CBhhPpM9+&#10;9tTQd81mkxekGJs3d2sy8BYZbhHh5QS0RmeuHt4/JdCm8M1FzpmJSTZocoXTZcvyatzaJer5X9j9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAlw1na98AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeDF20bZAKUujJhqvrf0BA7sFUnaWsNtC/73DSW9v5r28+SbfTbYTVzP41pGCl0UE&#10;wlDldEu1guPP53MKwgckjZ0jo+BmPOyK+7scM+1G2pvrIdSCS8hnqKAJoc+k9FVjLPqF6w2xd3KD&#10;xcDjUEs94MjltpOvURRLiy3xhQZ789GY6ny4WAWn7/FpvRnLr3BM9qv4HdukdDelHh+mty2IYKbw&#10;F4YZn9GhYKbSXUh70SnYpCmjBxbJGsQciFbzpmS1jKMlyCKX/58ofgEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDr4dlOrwEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCXDWdr3wAAAAwBAAAPAAAAAAAAAAAAAAAAAAkEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w:rsidR="00F35D1E" w:rsidRPr="00F5261D" w:rsidRDefault="00F35D1E" w:rsidP="00F5261D"/>
+              <w:p w:rsidR="002F2A4A" w:rsidRDefault="002F2A4A">
+                <w:pPr>
+                  <w:pStyle w:val="af6"/>
+                </w:pPr>
+              </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02576CB6"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="88B4E6D0">
+    <w:nsid w:val="268327F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B0600072"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03894F3C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="BE52C702">
+    <w:nsid w:val="2810387B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B0600072"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-51" w:hanging="375"/>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="654" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1374" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2094" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2814" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3534" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4254" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4974" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5694" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13ED258C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="79DECBAE">
+    <w:nsid w:val="5E1107A7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7BAE6238"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...830 lines deleted...]
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
-[...10 lines deleted...]
-  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00765333"/>
-[...324 lines deleted...]
-    <w:rsid w:val="00FD6DFC"/>
+    <w:rsidRoot w:val="002F2A4A"/>
+    <w:rsid w:val="000871CA"/>
+    <w:rsid w:val="000E213D"/>
+    <w:rsid w:val="000F76E7"/>
+    <w:rsid w:val="002F2A4A"/>
+    <w:rsid w:val="00446FBC"/>
+    <w:rsid w:val="004A5344"/>
+    <w:rsid w:val="00602899"/>
+    <w:rsid w:val="006F53F2"/>
+    <w:rsid w:val="0071089F"/>
+    <w:rsid w:val="00D95F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="614855A6"/>
+  <w14:docId w14:val="56300D43"/>
   <w15:docId w15:val="{47FDB333-8054-42D5-9EDB-319387CCF7CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
-    <w:lsdException w:name="Body Text" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13681,51 +14320,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -13906,548 +14545,749 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D40F59"/>
+    <w:rsid w:val="005565D6"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="009D0FAA"/>
+    <w:rsid w:val="00262D09"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-    </w:rPr>
-[...19 lines deleted...]
-      <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="009D0FAA"/>
+    <w:rsid w:val="00262D09"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="-">
+    <w:name w:val="Интернет-ссылка"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00497701"/>
+    <w:rsid w:val="00B31467"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B31467"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00E852D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D33137"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="009F0B81"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002224C0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E1410B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="000D008B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0623"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s2">
+    <w:name w:val="s2"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA09A2"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel19">
+    <w:name w:val="ListLabel 19"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel20">
+    <w:name w:val="ListLabel 20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel21">
+    <w:name w:val="ListLabel 21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel22">
+    <w:name w:val="ListLabel 22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel23">
+    <w:name w:val="ListLabel 23"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel24">
+    <w:name w:val="ListLabel 24"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel25">
+    <w:name w:val="ListLabel 25"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel26">
+    <w:name w:val="ListLabel 26"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel27">
+    <w:name w:val="ListLabel 27"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel28">
+    <w:name w:val="ListLabel 28"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel29">
+    <w:name w:val="ListLabel 29"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel30">
+    <w:name w:val="ListLabel 30"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel31">
+    <w:name w:val="ListLabel 31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel32">
+    <w:name w:val="ListLabel 32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel33">
+    <w:name w:val="ListLabel 33"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel34">
+    <w:name w:val="ListLabel 34"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel35">
+    <w:name w:val="ListLabel 35"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel36">
+    <w:name w:val="ListLabel 36"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="aa"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E852D4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="aa"/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00765333"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CA1988"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="KZ Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-MD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Готовый"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009D0FAA"/>
+    <w:qFormat/>
+    <w:rsid w:val="00262D09"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="959"/>
         <w:tab w:val="left" w:pos="1918"/>
         <w:tab w:val="left" w:pos="2877"/>
         <w:tab w:val="left" w:pos="3836"/>
         <w:tab w:val="left" w:pos="4795"/>
         <w:tab w:val="left" w:pos="5754"/>
         <w:tab w:val="left" w:pos="6713"/>
         <w:tab w:val="left" w:pos="7672"/>
         <w:tab w:val="left" w:pos="8631"/>
         <w:tab w:val="left" w:pos="9590"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-      <w:kern w:val="1"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00477199"/>
+    <w:rsid w:val="00EF566C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6">
-[...13 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D33137"/>
+    <w:pPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00734CF8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008D0FC3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00734CF8"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="51"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...132 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00535787"/>
+    <w:rsid w:val="008633B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times Kaz" w:hAnsi="Times Kaz"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
-[...63 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af2">
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F35D1E"/>
+    <w:rsid w:val="000D008B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af4">
+  <w:style w:type="paragraph" w:styleId="af5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00280F7E"/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0623"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
-[...5 lines deleted...]
-    <w:rsid w:val="00280F7E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:styleId="af7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="007F271C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kense.gask@pavlodar.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kense.gask@pavlodar.gov.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z950002733_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z000000107_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14689,88 +15529,101 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2863</Words>
-  <Characters>16325</Characters>
+  <Words>3051</Words>
+  <Characters>17391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>136</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>144</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19150</CharactersWithSpaces>
+  <CharactersWithSpaces>20402</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>Тунгушбаева_Л</dc:creator>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>12.0000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
+    <vt:lpwstr>АО НИТ</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DocSecurity">
+    <vt:i4>0</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="HyperlinksChanged">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ShareDoc">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>