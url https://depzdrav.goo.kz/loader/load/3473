--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,9369 +1,10428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00ED03F9" w:rsidRDefault="00ED03F9" w:rsidP="00E56EE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00B61488">
+    </w:p>
+    <w:p w:rsidR="00DB75F5" w:rsidRPr="00B61488" w:rsidRDefault="00DB75F5" w:rsidP="00E56EE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявление общего конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>для заняти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> административн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>корпуса «Б» (низов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ая должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам общего конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для категорий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>****</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее образование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии c приказом Председателя Агенства Республики Казахстан по делам государственной службы и противодействию коррупции от </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>85</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E" w:rsidRPr="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Об утверждении Типовых квалификационных требований к административным государственным должностям корпуса «Б» (с учетом изменений приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 27 декабря 2018 года № 289)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требования по опыту работы не устанавливаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...253 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9495" w:type="dxa"/>
+        <w:tblW w:w="9675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2440"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3510"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="3546"/>
+        <w:gridCol w:w="3687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="112"/>
+                <w:tab w:val="left" w:pos="959"/>
+                <w:tab w:val="left" w:pos="1188"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B61488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t>Санаты</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B61488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В зависимости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2 lines deleted...]
-            <w:gridSpan w:val="2"/>
+      </w:tr>
+      <w:tr w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          </w:tcPr>
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="6663"/>
+                <w:tab w:val="left" w:pos="959"/>
+                <w:tab w:val="left" w:pos="1426"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...99 lines deleted...]
-            <w:tcW w:w="2440" w:type="dxa"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...31 lines deleted...]
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1918"/>
                 <w:tab w:val="left" w:pos="2877"/>
                 <w:tab w:val="left" w:pos="3836"/>
                 <w:tab w:val="left" w:pos="4795"/>
                 <w:tab w:val="left" w:pos="5754"/>
                 <w:tab w:val="left" w:pos="6713"/>
                 <w:tab w:val="left" w:pos="7672"/>
                 <w:tab w:val="left" w:pos="8631"/>
                 <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3509" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="6663"/>
+                <w:tab w:val="left" w:pos="1426"/>
+                <w:tab w:val="left" w:pos="1769"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="1918"/>
+                <w:tab w:val="left" w:pos="2877"/>
+                <w:tab w:val="left" w:pos="3836"/>
+                <w:tab w:val="left" w:pos="4795"/>
+                <w:tab w:val="left" w:pos="5754"/>
+                <w:tab w:val="left" w:pos="6713"/>
+                <w:tab w:val="left" w:pos="7672"/>
+                <w:tab w:val="left" w:pos="8631"/>
+                <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="1134"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B61488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3509" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
+          <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00D940FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>112430,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
-[...52 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в штатном расписании государственного учреждения должность главного специалиста категория </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является низовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, требования по опыту работы не устанавливаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00724E3D" w:rsidRPr="00B61488" w:rsidRDefault="00724E3D" w:rsidP="00724E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение “Управление здравоохранения Павлодарской области”, 140000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарская область, г.Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ул.Исы Байзакова 151/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет 305, телефоны для справок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7182) 67-51-10,  67-51-37 электронная почта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kense</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pavlodar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс для занятия вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> административн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корпуса «Б»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56EE4" w:rsidRPr="00B61488" w:rsidRDefault="00E56EE4" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56EE4" w:rsidRPr="00B61488" w:rsidRDefault="00E56EE4" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D73B5" w:rsidRPr="00B61488" w:rsidRDefault="00BD7392" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главный специалист отдела </w:t>
+      </w:r>
+      <w:r w:rsidR="00906DDC" w:rsidRPr="00906DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организации медицинской помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управления здравоохранения Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032BFA" w:rsidRPr="00083FA5" w:rsidRDefault="000D369A" w:rsidP="00032BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атегория </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-О-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00685006">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B61488">
-[...25 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidR="00032BFA" w:rsidRPr="00C8745F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(на период отпуска по уходу за ребенком </w:t>
+      </w:r>
+      <w:r w:rsidR="00083FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до трех лет </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00032BFA" w:rsidRPr="00B61488" w:rsidRDefault="00B81896" w:rsidP="00032BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="00906DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00032BFA" w:rsidRPr="00C8745F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00906DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>марта</w:t>
+      </w:r>
+      <w:r w:rsidR="00032BFA" w:rsidRPr="00C8745F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="001D73B5" w:rsidP="001D73B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00906DDC" w:rsidRPr="00906DDC">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация и контролирование деятельности организаций медицинской помощи в стационарных условиях. Участие в организации и проведении коллегий, совещаний управления здравоохранения области. Проведение анализа заболеваемости и смертности от социально-значимых заболеваний с принятием мер и мероприятий по снижению. Анализ работы медицинских организаций области  по внедрению интегрированной модели оказания медицинской помощи по 5 группам </w:t>
+      </w:r>
+      <w:r w:rsidR="00906DDC" w:rsidRPr="00906DDC">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>заболеваний, наиболее влияющих на демографическую ситуацию. Способствование повышению эффективности и качества оказания медицинской помощи населению. Осуществление контроля за внедрением в практику новых методов профилактики, диагностики и лечения. Осуществление контроля за проведением вакцинации. Рассмотрение и исполнение документов, поступающих из Министерства здравоохранения Республики Казахстан, акимата Павлодарской области, управлений области. Рассмотрение обращений физических и юридических лиц в пределах компетенции. Проведение мониторинга работы главных внештатных специалистов терапевтического и хирургического профилей. Реализовывать Государственные программы развития здравоохранения на 2016-2019 годы (“Денсаулық”, ПРТ, СЭР, Единый Перечень). Контроль и мониторинг оказания государственных услуг, подведомственными организациями управления. Осуществление контроля за отбором и направлением больных, взрослого населения, на высокоспециализированную помощь. Осуществление полномочий в пределах предоставленных  прав в соответствии с должностными обязанностями. Осуществление анализа эпидемиологической ситуации в области. Выполнение приказов и распоряжений руководителей, решений и указаний вышестоящих органов и должностных лиц, изданные в пределах их полномочий. Повышение своего профессионального уровня и квалификации для эффективного исполнения служебных обязанностей. Принятие мер по недопущению конфликта интересов. Соблюдение правил внутреннего трудового распорядка. Ведение номенклатурных папок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="001D73B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Требования  к участникам конкурса:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C8745F">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="000D369A" w:rsidP="00906DDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00906DDC" w:rsidRPr="00906DDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>высшее: здравоохранение и социальное обеспечение (медицина) (сестринское дело и/или общественное здравоохранение и/или фармация и/или медико-профилактическое дело и/или общая медицина и/или менеджмент здравоохранения и/или лечебное дело (фельдшер, фельдшер общей практики)); право (юриспруденция); социальные науки, экономика и бизнес (государственное и местное управление).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007402B0" w:rsidRPr="00B61488" w:rsidRDefault="007402B0" w:rsidP="00906DDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие следующих компетенций:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0422">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...81 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidR="00FE0422" w:rsidRPr="00FE0422">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стрессоустойчивость, инициативность, ответственность, ориентация на потребителя услуг и его информирование, добропорядочность, саморазвитие, оперативность, сотрудничество и взаимодействие, управление деятельностью, принятие решений, лидерство, стратегическое м</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0422">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ышление, управление изменениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0064558F" w:rsidRDefault="0064558F" w:rsidP="00F33FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00FE0422">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...166 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Необходимые для участия в конкурсе документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B61488">
-[...362 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="00975AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>послужной список кандидата на административную государственную должность корпуса «Б»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цветной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фотографией размером 3х4 по форме согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="00975AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Конкурсқа қатысу үшін құжаттарды электронды түрде электрондық пошта не «Е-gov» электронды Үкімет порталы арқылы берілген жағдайда азаматтар құжаттардың түпнұсқасын әңгімелесу басталғанға дейін бір күнтізбелік күн бұрын кешіктірілмей береді.</w:t>
-[...62 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:t>3) копии документов об образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и приложений к ним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, засвидетельствованные нотариально.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К копиям документов об образовании, полученным гражданами Республики Казахстан в зарубежных организациях образования, прилагаются копии удостоверений о признании или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нострификации данных документов об образовании, выданных уполномоченным органом в сфере образования, за исключением документов об образовании, выданных зарубежными высшими учебными заведениями, научными центрами и лабораториями гражданам Республики Казахстан – обладателям международной стипендии «Болашак», а также подпадающих под действие международного договора (соглашение) о взаимном признании и эквивалентности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Әңгімелесуге жіберілгендер туралы хабарланған соң 3 жұмыс күні ішінде әңгімелесуге жіберілген үміткерлер оны «Павлодар облысы денсаулық сақтау б</w:t>
-[...293 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:t>К копиям документов об образовании, выданных обладателям международной стипендии «Болашак», прилагается копия справки о завершении обучения по международной стипендии Президента Республики Казахстан «Болашак», выданной акционерным обществом «Центр международных программ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (130 сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
-[...1524 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:t>К копиям документов об образовании, подпадающих под действие международного договора (соглашения) о взаимном признании и эквивалентности, прилагаются копии справок о признании данных документов об образовании, выданных уполномоченным органом в сфере образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) копия документа, подтверждающего трудовую деятельность, засвидетельствованная нотариально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверенная кадровой службой с места работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5) медицинская справка о состоянии здоровья (врачебное профессионально-консультативное заключение) по форме № 086/у, согласно формам первичной медицинской документации организаций здравоохранения, утвержденным приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6697), выданная не более чем за шесть месяцев до дня представления документов (либо нотариально засвидетельствованная копия);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>копия документа, удостоверяющего личность, гражданина Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">сертификат о прохождении тестирования на знание законодательства с результатами не ниже пороговых значений, действительный на </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6B36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>момент подачи документов (далее</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6B36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сертификат) (либо нотариально засвидетельствованная копия сертификата);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>заключение о прохождении оценки личных качеств в уполномоченном органе, действительное на момент подачи документов для участия в конкурсе (либо нотариально засвидетельствованная копия заключения);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>справка с психоневрологической организации по форме, согласно стандарту государственной услуги «Выдача справки с психоневрологической организации», утвержденному приказом Министра здравоохранения и социального развития Республики Казахстан от 27 апреля 2015 года № 272 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11304), выданная не более чем за один год до дня представления документов (либо нотариально засвидетельствованную копию)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="009121AC" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справка с наркологической организации по форме, согласно стандарту государственной услуги «Выдача справки с наркологической организации», утвержденному приказом Министра здравоохранения и социального развития Республики Казахстан от 27 апреля 2015 года № 272 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11304), выданная не более чем за один год до дня представления документов (либо нотариально засвидетельствованная копия).</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Представление неполного пакета документов является основанием для отказа в их рассмотрении конкурсной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Граждане могут предоставлять дополнительную информацию, касающуюся их образования, опыта работы, профессионального уровня и репутации (копии документов о повышении квалификации, присвоении ученых степеней и званий, характеристики, рекомендации, научные публикации, иные сведения, характеризующие их профессиональную деятельность, квалификацию). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лица, изъявившие желание участвовать в общем конкурсе представляют документы в государственный орган, объявивший конкурс, в нарочном порядке, по почте или в электронном виде на адрес электронной почты, указанный в объявлении либо посредством портала электронного Правительства «Е-gov» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или интегрированной информационной системы «е-кызмет» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в сроки приема документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении документов в электронном виде на адрес электронной почты государственного органа либо посредством портала электронного Правительства «Е-gov», их оригиналы представляются не позднее чем за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>один рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до начала собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок приема документов для общего конкурса - </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7385C" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7385C" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>который исчисляется со следующего рабочего дня после последней публикации объявления о проведении общего конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидаты, допущенные к собеседованию, проходят его в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Управление здравоохранения Павлодарской области» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня уведомления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидатов о допуске их к собеседованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для обеспечения прозрачности и объективности работы конкурсной комиссии на ее заседание приглашаются наблюдатели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В качестве наблюдателей на заседании конкурсной комиссии могут присутствовать депутаты Парламента Республики Казахстан и маслихатов всех уровней, представители средств массовой информации, аккредитованные в порядке, установленном законодательством Республики Казахстан, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий, работники уполномоченного органа по делам государственной службы (далее – уполномоченный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для присутствия на заседании конкурсной комиссии в качестве наблюдателя лицо регистрируется в службе управления персоналом (кадровой службе) не позднее одного рабочего дня до начала проведения собеседования. Для регистрации лицо предоставляет в службу управления персоналом (кадровую службу) копию или электронную копию документа, удостоверяющего личность, и копии или электронные копии документов, подтверждающих принадлежность к организациям, указанным в пункте 26 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При проведении конкурса на должности с узкой специализацией на заседание конкурсной комиссии приглашаются эксперты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Узкой специализацией является специализация, которой обладают менее 5 % сотрудников государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В качестве экспертов выступают лица, не являющиеся работниками государственного органа, объявившего конкурс, имеющие опыт работы в областях, соответствующих функциональным направлениям вакантной должности, в том числе в научной сфере, а также специалисты по отбору и продвижению персонала, государственные служащие других государственных органов, депутаты Парламента Республики Казахстан и маслихатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00F00C67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Программа тестирования кандидатов на занятие вакантных административных государственных должностей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-О-4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20 минут; тесты на знание </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан (15 вопросов), конституционного закона Республи</w:t>
+      </w:r>
+      <w:r w:rsidR="0010392C" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ки Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О Президенте Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), законов Республики Казахстан «</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О государственной службе Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="005B676D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (15 вопросов), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00674B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об административных </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедурах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0010392C" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(15</w:t>
+      </w:r>
+      <w:r w:rsidR="005B676D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросов),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О порядке рассмотрения обращений физических и юридических лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О государственных услугах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (15 вопросов), «</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (15 вопросов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Этического кодекса государственных служащих Республики Казахстан (Правил служебной этики государственных служащих), утвержденных Указом Президента Республики Казахстан от 29 декабря 2015 года №153 (10 вопросов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Значения прохождения тестирования по второй программе составляют не менее 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правильных ответов от общего количества вопросов (130 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общее время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестирование на оценку личных качеств кандидатов на должности корпуса «Б» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для категорий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включает тесты на выявление уровня инициативности (12 заданий), коммуникативности (12 заданий), аналитичности (12 заданий), организованности (12 заданий), этичности (12 заданий), ориентации на качество (12 заданий), ориентации на потребителя (12 заданий), нетерпимости к коррупции (12 заданий).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общее время на выполнение тестов по второй программе составляет 75 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Зоны риска из возможных 4 (четырех) баллов для второй программы: инициативность – 1,5 балла, коммуникативность – 1,5 балла, аналитичность – 2 балла, организованность – 1,5 балла, этичность – 1,5 балла, ориентация на качество – 1,5 балла, ориентация на потребителя – 1 балл, нетерпимость к коррупции – 2 балла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участники конкурса и кандидаты могут обжаловать решение конкурсной комиссии в уполномоченн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его территориально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подразделени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, либо в судебном порядке в соответствии законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D7385C" w:rsidRDefault="00D7385C" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D88" w:rsidRDefault="00BC4D88" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D88" w:rsidRDefault="00BC4D88" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00930EB2" w:rsidRDefault="00930EB2" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00930EB2" w:rsidRDefault="00930EB2" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906DDC" w:rsidRDefault="00906DDC" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D88" w:rsidRDefault="00BC4D88" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D88" w:rsidRDefault="00BC4D88" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00674B30" w:rsidRPr="00B61488" w:rsidRDefault="00674B30" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidR="00674B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00943CC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00943CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(государственный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к участию в конкурсе на занятие вакантной административной</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной должности _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>С основными требованиями Правил проведения конкурса на занятие административной государственной должности корпуса «Б» ознакомлен (ознакомлена), согласен (согласна) и обязуюсь их выполнять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Отвечаю за подлинность представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прилагаемые документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B33" w:rsidRPr="00B61488" w:rsidRDefault="00E11B33" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Адрес и контактный телефон ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F060CB" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>«____»_______________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D88" w:rsidRPr="00B61488" w:rsidRDefault="00BC4D88" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E11B33" w:rsidRPr="00B61488" w:rsidRDefault="00E11B33" w:rsidP="000D369A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="00674B30" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="00674B30" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="000D369A" w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B61488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="221"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="226"/>
+        <w:gridCol w:w="61"/>
+        <w:gridCol w:w="958"/>
+        <w:gridCol w:w="1129"/>
+        <w:gridCol w:w="59"/>
+        <w:gridCol w:w="2933"/>
+        <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="283"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...18 lines deleted...]
-            <w:tcW w:w="6575" w:type="dxa"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7242" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">тегі, аты және әкесінің аты (болған жағдайда) / </w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...25 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>(түрлі түсті/ цветное,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...13 lines deleted...]
-            <w:tcW w:w="6575" w:type="dxa"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7242" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>лауазымы/должность, санаты/категория</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>(болған жағдайда/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1641" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...13 lines deleted...]
-            <w:tcW w:w="845" w:type="dxa"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="208" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Туған күні және жері/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ұлты (қалауы бойынша)/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Оқу орнын бітірген жылы және оның атауы/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Мамандығы бойынша біліктілігі, ғылыми дәрежесі, ғылыми атағы (болған жағдайда) /</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Шетел тілдерін білуі/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Мемлекеттік наградалары, құрметті атақтары (болған жағдайда) /</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дипломатиялық дәрежесі, әскери, арнайы атақтары, сыныптық шені (болған жағдайда) /</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Соңғы үш жылдағы қызметінің тиімділігін жыл сайынғы бағалау күні мен нәтижесі, егер үш жылдан кем жұмыс істеген жағдайда, нақты жұмыс істеген кезеңіндегі бағасы көрсетіледі (мемлекеттік әкімшілік қызметшілер толтырады)/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Күні/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>қызметі, жұмыс орны, мекеменің орналасқан жері/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>қабылданған/приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>босатылған/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidTr="00483925">
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidTr="00D940FA">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7119" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D369A" w:rsidRPr="00872992" w:rsidTr="00D940FA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00B61488" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Кандидаттың қолы/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00483925">
-[...9 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="000D369A" w:rsidRPr="00872992" w:rsidRDefault="000D369A" w:rsidP="00D940FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61488">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>күні/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00283945" w:rsidRPr="00B61488" w:rsidRDefault="00283945" w:rsidP="00283945">
-[...297 lines deleted...]
-    <w:sectPr w:rsidR="00534933">
+    <w:p w:rsidR="000D369A" w:rsidRPr="00872992" w:rsidRDefault="000D369A" w:rsidP="000D369A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00782060" w:rsidRPr="00872992" w:rsidRDefault="00782060">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00782060" w:rsidRPr="00872992" w:rsidSect="00D940FA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:altName w:val="Calibri"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00706E10"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00706E10"/>
+    <w:rsidRoot w:val="00EA6065"/>
+    <w:rsid w:val="00011B94"/>
+    <w:rsid w:val="00024C24"/>
+    <w:rsid w:val="00032BFA"/>
+    <w:rsid w:val="000345D5"/>
+    <w:rsid w:val="000456C9"/>
+    <w:rsid w:val="00053A2C"/>
+    <w:rsid w:val="00070536"/>
+    <w:rsid w:val="00083FA5"/>
+    <w:rsid w:val="000B703B"/>
+    <w:rsid w:val="000C0D5D"/>
+    <w:rsid w:val="000C3071"/>
+    <w:rsid w:val="000D369A"/>
+    <w:rsid w:val="0010392C"/>
+    <w:rsid w:val="00114C7B"/>
+    <w:rsid w:val="00133D38"/>
+    <w:rsid w:val="00135D88"/>
+    <w:rsid w:val="001442D7"/>
+    <w:rsid w:val="0015649A"/>
+    <w:rsid w:val="00182E04"/>
+    <w:rsid w:val="001D73B5"/>
+    <w:rsid w:val="002027B6"/>
+    <w:rsid w:val="00212663"/>
+    <w:rsid w:val="00217EA4"/>
+    <w:rsid w:val="0022610B"/>
+    <w:rsid w:val="002B1004"/>
+    <w:rsid w:val="002C29EC"/>
+    <w:rsid w:val="002C511C"/>
+    <w:rsid w:val="002E6B4B"/>
+    <w:rsid w:val="00364248"/>
+    <w:rsid w:val="003A10A6"/>
+    <w:rsid w:val="003E7272"/>
+    <w:rsid w:val="00427B4E"/>
+    <w:rsid w:val="004329B8"/>
+    <w:rsid w:val="00497BAE"/>
+    <w:rsid w:val="004C42E8"/>
+    <w:rsid w:val="004C72D5"/>
+    <w:rsid w:val="005414DF"/>
+    <w:rsid w:val="005B676D"/>
+    <w:rsid w:val="00606385"/>
+    <w:rsid w:val="00641B1A"/>
+    <w:rsid w:val="006428B6"/>
+    <w:rsid w:val="00643DF4"/>
+    <w:rsid w:val="0064558F"/>
+    <w:rsid w:val="00674B30"/>
+    <w:rsid w:val="00685006"/>
+    <w:rsid w:val="007048E8"/>
+    <w:rsid w:val="00724E3D"/>
+    <w:rsid w:val="007402B0"/>
+    <w:rsid w:val="00782060"/>
+    <w:rsid w:val="007944FE"/>
+    <w:rsid w:val="007F2B5A"/>
+    <w:rsid w:val="007F705F"/>
+    <w:rsid w:val="0080690E"/>
+    <w:rsid w:val="00812E53"/>
+    <w:rsid w:val="008555DF"/>
+    <w:rsid w:val="00856B8F"/>
+    <w:rsid w:val="00872992"/>
+    <w:rsid w:val="008B2F01"/>
+    <w:rsid w:val="008C76F9"/>
+    <w:rsid w:val="008F1774"/>
+    <w:rsid w:val="008F6B36"/>
+    <w:rsid w:val="008F7066"/>
+    <w:rsid w:val="00906DDC"/>
+    <w:rsid w:val="009121AC"/>
+    <w:rsid w:val="00930EB2"/>
+    <w:rsid w:val="009421C1"/>
+    <w:rsid w:val="00943CC3"/>
+    <w:rsid w:val="009650E3"/>
+    <w:rsid w:val="00975AF7"/>
+    <w:rsid w:val="009F6148"/>
+    <w:rsid w:val="009F6DC0"/>
+    <w:rsid w:val="009F77AB"/>
+    <w:rsid w:val="00A35C06"/>
+    <w:rsid w:val="00A36973"/>
+    <w:rsid w:val="00AF70EF"/>
+    <w:rsid w:val="00B136F1"/>
+    <w:rsid w:val="00B2306F"/>
+    <w:rsid w:val="00B24692"/>
+    <w:rsid w:val="00B46A2E"/>
+    <w:rsid w:val="00B61488"/>
+    <w:rsid w:val="00B701EF"/>
+    <w:rsid w:val="00B74504"/>
+    <w:rsid w:val="00B81896"/>
+    <w:rsid w:val="00B85261"/>
+    <w:rsid w:val="00BB0B7A"/>
+    <w:rsid w:val="00BC4D88"/>
+    <w:rsid w:val="00BD7392"/>
+    <w:rsid w:val="00BF40D9"/>
+    <w:rsid w:val="00C80442"/>
+    <w:rsid w:val="00C8745F"/>
+    <w:rsid w:val="00D41A8B"/>
+    <w:rsid w:val="00D552A8"/>
+    <w:rsid w:val="00D7385C"/>
+    <w:rsid w:val="00D80145"/>
+    <w:rsid w:val="00D81789"/>
+    <w:rsid w:val="00D940FA"/>
+    <w:rsid w:val="00DB5988"/>
+    <w:rsid w:val="00DB75F5"/>
+    <w:rsid w:val="00DE2F97"/>
+    <w:rsid w:val="00E11B33"/>
+    <w:rsid w:val="00E23983"/>
+    <w:rsid w:val="00E41ABA"/>
+    <w:rsid w:val="00E56EE4"/>
+    <w:rsid w:val="00EA6065"/>
+    <w:rsid w:val="00EC7743"/>
+    <w:rsid w:val="00ED03F9"/>
+    <w:rsid w:val="00EF619C"/>
+    <w:rsid w:val="00F00C67"/>
+    <w:rsid w:val="00F01774"/>
+    <w:rsid w:val="00F060CB"/>
+    <w:rsid w:val="00F33FEB"/>
+    <w:rsid w:val="00F41DFA"/>
+    <w:rsid w:val="00F4520A"/>
+    <w:rsid w:val="00FB30F8"/>
+    <w:rsid w:val="00FE0422"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9435,129 +10494,249 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00283945"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="008F1774"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D369A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D369A"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00070536"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00070536"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F6B36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F6B36"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9629,140 +10808,260 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00283945"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="008F1774"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D369A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D369A"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D369A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00070536"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00070536"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F6B36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F6B36"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9797,194 +11096,234 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2543</Words>
-  <Characters>14496</Characters>
+  <Words>2603</Words>
+  <Characters>14840</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
+  <Lines>123</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17005</CharactersWithSpaces>
+  <CharactersWithSpaces>17409</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>