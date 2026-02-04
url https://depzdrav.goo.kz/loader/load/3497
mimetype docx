--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -4,10504 +4,10841 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E64560" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="004D5D94">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D04810">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="006946F3" w:rsidRPr="00D04810">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Б» корпусы бос мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="004D5D94">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D04810">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004D5D94">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкімшілік лауазымдарына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidR="000174E0" w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00172FB2">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>всех</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D5D94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="004D5D94">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE416A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00172FB2">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004D5D94">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекетт</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE416A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00172FB2">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ердің </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5D94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004D5D94">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметкерлердің арасында) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00982B20">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурс туралы хабарландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D04810">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C403BD" w:rsidRPr="005C06A0" w:rsidRDefault="00C403BD" w:rsidP="00C403BD">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D04810">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C06A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішкі конкурс қатысушыларына қойылатын ортақ біліктілік талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C403BD" w:rsidRPr="000B6666" w:rsidRDefault="00C403BD" w:rsidP="00C403BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D-О-3 санаты үшін: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білімі, «Б» корпусының мемлекеттік әкімшілік лауазымдарына үлгілік біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 13 желтоқсандағы № 85 бұйрығына өзгеріс енгізу туралы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">ых </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсанд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағы №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 289</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндағы өзгертулерді есепке алумен).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...104 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...133 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9675" w:type="dxa"/>
+        <w:tblW w:w="9495" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2442"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="3510"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidTr="004A2DBC">
+      <w:tr w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidTr="00240E03">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="281"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...58 lines deleted...]
-          <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D04810">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңiрген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а байланысты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidTr="004A2DBC">
+      <w:tr w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidTr="00240E03">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="959"/>
-[...9 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
-[...6 lines deleted...]
-                <w:kern w:val="2"/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3546" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1918"/>
                 <w:tab w:val="left" w:pos="2877"/>
                 <w:tab w:val="left" w:pos="3836"/>
                 <w:tab w:val="left" w:pos="4795"/>
                 <w:tab w:val="left" w:pos="5754"/>
                 <w:tab w:val="left" w:pos="6713"/>
                 <w:tab w:val="left" w:pos="7672"/>
                 <w:tab w:val="left" w:pos="8631"/>
                 <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D04810">
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="3510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00240E03" w:rsidRPr="005C06A0" w:rsidTr="00240E03">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="00CD07A1">
-[...66 lines deleted...]
-          <w:p w:rsidR="004A2DBC" w:rsidRPr="00D04810" w:rsidRDefault="004A2DBC" w:rsidP="004A2DBC">
+          <w:p w:rsidR="00240E03" w:rsidRPr="005C06A0" w:rsidRDefault="00240E03" w:rsidP="00240E03">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D04810">
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D04810">
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D04810">
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005C06A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>-3</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C06A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3546" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B00570" w:rsidRPr="00BC039A" w:rsidRDefault="00B00570" w:rsidP="004A2DBC">
+          <w:p w:rsidR="00240E03" w:rsidRPr="00240E03" w:rsidRDefault="00240E03" w:rsidP="00240E03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC039A">
+            <w:r w:rsidRPr="00240E03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>126357</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B00570" w:rsidRPr="00BC039A" w:rsidRDefault="00B00570" w:rsidP="004A2DBC">
+          <w:p w:rsidR="00240E03" w:rsidRPr="00240E03" w:rsidRDefault="00240E03" w:rsidP="00240E03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC039A">
+            <w:r w:rsidRPr="00240E03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>170599</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B29DB" w:rsidRPr="00D04810" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
-[...4 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар облысы денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқарма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ММ 140000, Павлодар қ., Иса Байзақов көш. 151/2, 305-кабинет, анықтама үшін телефоны: 8 (7182) 67-51-37, электрондық мекенжайы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kense.dz@pavlodar.gov.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» корпусы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос әкімшілік мемлекеттік лауазымдарына орналасуға  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE416A" w:rsidRPr="00DE416A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(барлық мемлекетт</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE416A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ердің қызметкерлердің арасында) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C06A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жариялайды: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B29DB" w:rsidRDefault="002B29DB" w:rsidP="002B29DB">
+    <w:p w:rsidR="00864993" w:rsidRPr="005C06A0" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00FD01E9" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы денсаулық сақтау басқармасы </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082" w:rsidRPr="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық с</w:t>
+      </w:r>
+      <w:r w:rsidR="00172FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақтау ұйымдарының стратегиялық </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082" w:rsidRPr="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамуы және и</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нновациялық технологиялар </w:t>
+      </w:r>
+      <w:r w:rsidR="00A81E70" w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлімінің бас</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD01E9" w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, санаты «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D-О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD01E9" w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00794070">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (лауазым индексі </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-01-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A81E70" w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64082" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD01E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082" w:rsidRPr="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016-2019 жылдарға арналған «Денсаулық» мемлекеттік бағдарламасын, Облыс аумағын дамыту бағдарламасын іске асыру жөніндегі іс-шаралар жоспары іске асыру туралы, қызметтің қадағалайтын бағыты бойынша есептерді белгіленген мерзімде құру және ұсыну жөніндегі жұмыстарды ұйымдастыру. Міндетті әлеуметтік медициналық сақтандыруды енгізу бойынша ақпараттық-түсіндіру жұмыстарын өткізу жөніндегі Аймақтық штаб материалдарын дайындау және өткізуді ұйымдастыру. Міндетті әлеуметтік медициналық сақтандыру жүйесін енгізу қаіуптерін басқару мәселелері бойынша іс-шаралардың Кешенді ведомствоаралық жоспары бойынша орындау және есеп тапсыру. 2018-2025 жылдарға денсаулық сақтаудың инфрақұрылымын дамытудың аймақтық перспективті жоспарын іске асыру. БМСК ұйымдары желілерінің нормаларын сақтауды қадағалау, мемлекеттік нормативке БМСК желісіне келтіру үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082" w:rsidRPr="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қайта ұйымдастыру бойынша ұсыныстарды уақытылы ұсыну. Міндетті әдеуметтік медициналық сақтандыруды енгізу.  Денсаулық сақтау стратегиялық даму және инновациялық технологиялар мәселелері бойынша заманауи принциптерді және технологияларды енгізу. Қазақстан Республикасы денсаулық сақтау министрлігімен және басқа да мемлекеттік, мемлекеттік емес органдармен және ұйымдармен денсаулық сақтау стратегиялық даму және инновациялық технологиялар мәселелері бойынша хат алмасу. Ауылдық аймақтарды дамыту Бағдарламаларының даму жоспарын іске асыруды бақылау. Инновациялық жобаларды қалыптастыру, медициналық қызмет көрсету сапасы көрсеткіштерін жақсарту үшін тиімді енгізілуіне талдау жасау және денсаулық сақтау басқармасы басшысына ақпарат ұсыну. Облыс денсаулық сақтау басқармасының алқа кеңесін, Павлодар облысы әкімдігі жанындағы денсаулық сақтау аясында емделушілердің құқықтарын қорғау және сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі, Қоғамдық Кеңес денсаулық қорғау жөніндегі, Емдеу-алдын алу  кеңесі, Үйлестіру кеңесіне материалдарды дайындау және өткізу. Лауазымды тұлғалардың денсаулық сақтау объектілеріне келу кезінде медициналық ұйымдардың маршруттары мен даярлығын, материалдарын, сөз сөйлеуін, объекті паспортын даярлау. Оларды іске асыруда мүмкіншілік пен мақсаттылық, облыстың денсаулық сақтау саласында жоспарланған инвестициялық жобаларды және мемлекеттік объектілермен басқарылатын МЖӘ механизімі бойынша талдау. МЖӘ жобасын іске асыру мониторингі бойынша облыстың экономика және бюджеттік бағдарламаларды жоспарлау басқармасына ақпарат ұсыну. МЖӘ жобалары бойынша және мемлекеттік жеке әріптестік және жеке инвестиция механизімдерін қолдануды кеңейтюмен, 2016-2018 жылдарға салалар және өңірлер бойынша мемлекеттік жеке әріптестік жобаларын іске асыру жөніндегі Жол картасын орындау барысында  өзекті ақпараттарды даярлау және жолдау. Облыс денсаулық сақтау объектілерінің перспективті құрылысын жоспарлау. Облыстың медиицналық ұйымдарында бірыңғай медициналық ақпараттық жүйені енгізу. Облыс медициналық ұйымдарының перспективті құрылысын және ведомстваға бағынысты медициналық ұйымдарда күрделі жөндеу жасауды жоспарлау. Бөлім қызметкерлерінің жұмысын үйлестіру, бөлім қызметін басқаруды ұйымдастыру және жүзеге асыру. Нормативтік-заңнамалық құжаттармен жұмыс істеу. Денсаулық сақтау жүйесінде стартегиялық даму және инновациялық технологиялар мәселелері бойынша заңнамалық және нормативтік-құқықтық актілерді әзірлеу және жетілдіру бойынша ұсыныстар енгізу. Облыс медициналық ұйымдары желісіне мониторинг жасау. Денсаулық сақтау басқармасының құрылымдық бөлімшелерімен бөлімнің қызметінің өзара байланысын қамтамасыз ету. Жеке және заңды тұлғалардың өтініштерін өз құзыреттілігі шеңберінде қарастыру. Нормативтік және директивті құжаттарды, хаттарын, сұраныстарын қарау және уақытында орындалуын ұйымдастыру. Облыс медициналық ұйымдармен және басқа да мемлекеттік органдармен денсаулық сақтау стратегиялық даму және инновациялық технологиялар мәселелері жөнінде өзара әрекет ету. Облыс денсаулық сақтау басқармасы басшысының бұйрықтарымен оған жүктелген өзге де уәкілеттігін жүзеге асыру. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64082" w:rsidRPr="00E64082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бөлімнің жұмыс жетілдіру. Мүдделеріне дау тудыруға жол бермеу жөнінде шаралар қабылдау. Ішкі еңбек тәртібінде ережелерді сақтау. Номенклатуралық папкаларды жүргізуді қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="009C73F1" w:rsidRDefault="00864993" w:rsidP="00B45D95">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C73F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыларға қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64082" w:rsidRPr="009C73F1" w:rsidRDefault="00E64082" w:rsidP="001F759D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...89 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C73F1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жоғары білім: денсаулық сақтау және әлеуметтік қамсыздандыру (медицина) (мейірбике ісі және/немесе қоғамдық денсаулық сақтау және/немесе фармация және/немесе медициналық-профилактикалық іс және/немесе жалпы медицина және/немесе денсаулық сақтау менеджменті және/немесе емдеу ісі (фельдшер, жалпы практика фельдшері)); әлеуметтік ғылымдары, экономика және бизнес (қаржы және/немесе мемлекеттік және жергілікті басқару және/немесе саясаттану)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F759D">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C73F1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...324 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D04810" w:rsidRDefault="00D04810" w:rsidP="002B29DB">
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="009C73F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мынадай құзыреттердің бар болуы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="009C73F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стресске орнықтылық, бастамашылдық, жауапкершілік, қызметті тұтынушыға және оны хабарландыруға бағдарлану, адалдық, өздігінен даму, жеделділік, ынтымақтастық және әрекеттестік, қызметті басқару, шешім қабылдау, көшбасшылық, стратегиялық ойлану, өзгерістерді басқару;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5A19" w:rsidRDefault="00D04810" w:rsidP="00743863">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Жұмыс тәжірибесі келесі талаптардың біріне сәйкес болуы тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) мемлекеттік қызмет өтілі екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) осы санаттағы нақты лауазымның функционалдық бағыттарына сәйкес салаларда үш жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) Қазақстан Республикасы Парламентінің депутаты мәртебесінде немесе тұрақты негізде қызмет ететін облыс, республикалық маңызы бар қала, астана, аудан (облыстық маңызы бар қала) мәслихатының депутаты мәртебесінде немесе халықаралық қызметкер мәртебесінде қызмет өтілі екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) мемлекеттік қызмет өтілі үш жылдан кем емес, оның ішінде орталық немесе облыстық деңгейдегі құқық қорғау немесе арнайы мемлекеттік органдарының немесе Қарулы Күштер әскери басқару органының тактикалық деңгейінен төмен емес, жергілікті әскери басқару органдарының немесе әскери оқу орындарының лауазымдарында екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) осы санаттағы нақты лауазымның функционалдық бағыттарына сәйкес салаларда жұмыс өтілі үш жылдан кем емес, оның ішінде басшылық лауазымдарда бір жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRPr="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) жоғары оқу орнынан кейінгі білім бағдарламалары бойынша Қазақстан Республикасы Президентінің жанындағы білім беру ұйымдарында немесе шетелдің жоғары оқу орындарында Республикалық комиссия бекітетін басым мамандықтар бойынша оқуды аяқтауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F759D" w:rsidRDefault="001F759D" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F759D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) ғылыми дәрежесінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="001E10AB" w:rsidP="001F759D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>стратегического развития организаций здравоохранения и инновационных технологий</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A81E70" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ішкі</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсқа қатысу үшін мынадай құжаттар тапсырылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5A19" w:rsidRDefault="00D04810" w:rsidP="00743863">
-[...155 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00864993" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="001F759D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="x-none"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...86 lines deleted...]
-        <w:t>соответствующей работы и мониторинга по  соблюдению норм сети организаций ПМСП, своевременное предоставление предложений по реорганизации для приведения сети ПМСП к государственному нормативу. Внедрение обязательного социального медицинского страхования. Внедрение современных принципов и технологий по вопросам стратегического развития и инновационных технологий здравоохранения. Переписка с Министерством здравоохранения Республики Казахстан и другими государственными, негосударственными органами и организациями по вопросам стратегического развития и инновационных технологий здравоохранения. Контроль за реализацией Программы развития территорий. Формирование инновационных проектов, проведение анализа эффективности внедрения для улучшения показателей качества оказания медицинских услуг и предоставление информации руководству управления здравоохранения. Анализ планируемых инвестиционных проектов и управляемых государством объектов в сфере  здравоохранения области  на возможность и целесообразность их реализации по механизму ГЧП. Предоставление в управление экономики и бюджетного планирования области информации по мониторингу реализации проектов ГЧП. Подготовка и направление актуализированной информации по проектам ГЧП и по исполнению Дорожной карты по реализации проектов государственно-частного партнерства по отраслям и регионам на 2016-2018 годы с расширением механизмов применения государственно-частного партнерства и частных инвестиций. Планирование перспективного строительства объектов здравоохранения области. Организация и осуществление руководства деятельностью отдела, координация работы сотрудников отдела. Работа с нормативно-законодательными документами. Внесение предложений по разработке и совершенствованию законодательных и нормативно-правовых актов по вопросам стратегического развития и инновационных технологий в системе здравоохранения. Обеспечение взаимосвязи деятельности отдела со структурными подразделениями управления здравоохранения.  Рассмотрение обращений физических и юридических лиц по компетенции. Организация рассмотрения и своевременного выполнения нормативных и директивных документов, писем, запросов. Взаимодействие с медицинскими организациями области и другими государственными органами по вопросам стратегического развития и инновационных технологий здравоохранения. Осуществление иных полномочий, возложенных на него приказами руководителя управления здравоохранения области. Совершенствование работы отдела. Принятие мер по недопущению конфликта интересов. Соблюдение правил внутреннего трудового распорядка. Ведение номенклатурных папок.</w:t>
+        <w:t xml:space="preserve">1) Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04810" w:rsidRPr="00982B20" w:rsidRDefault="00D04810" w:rsidP="009F5A19">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00864993" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="001F759D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 3х4 үлгідегі түрлі түсті суретпен осы Қағидаларға 3-қосымшаға сәйкес нысанда толтырылған «Б» корпусының әкімшілік мемлекеттік лауазымына кандидаттың қызметтiк тiзiмі; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04810" w:rsidRDefault="00D04810" w:rsidP="00D04810">
-[...274 lines deleted...]
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="000B221A" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттардың толық емес  ұсынылуы конкурстық комиссияның қараудан бас тартудың негізі болып есептеледі.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="000B221A" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00C51525">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ішкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсқа қатысуға ниет білдірген тұлғалар конкурс өткiзетiн мемлекеттiк органға құжаттарын қолма-қол тәртіпте, пошта арқылы не хабарландыруда көрсетілген электрондық пошта мекенжайына электронды түрде не «Е-gov» электронды Үкімет порталы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе «е-қызмет» ықпалдастырылған ақпараттық жүйесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы құжаттарды қабылдау мерзімінде тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A81E70" w:rsidRPr="00A81E70" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Конкурсқа қатысу үшін құжаттарды электронды түрде электрондық пошта не «Е-gov» электронды Үкімет порталы арқылы берілген жағдайда азаматтар құжаттардың түпнұсқасын әңгімелесу басталғанға дейін бір күнтізбелік күн бұрын кешіктірілмей береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00A81E70" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB1C8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күні), ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейін келесі жұмыс күнінен бастап есептеледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB1C8B">
-[...135 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="000B221A" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Әңгімелесуге жіберілгендер туралы хабарланған соң 3 жұмыс күні ішінде әңгімелесуге жіберілген үміткерлер оны «Павлодар облысы денсаулық сақтау б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асқармасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ММ-де өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясы жұмысының ашықтылығы мен объективтілігін қамтамасыз ету үшін оның отырысына байқаушылар шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, мемлекеттік қызмет істері жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) қызметкерлері қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаушы ретінде конкурс комиссиясының отырысына қатысу үшін тұлға әңгімелесу басталғанға дейін бір жұмыс күнінен кешіктірмей персоналды басқару қызметінде (кадр қызметінде) тіркеледі. Тіркелу үшін тұлғалар персоналды басқару қызметіне (кадр қызметіне) жеке басын куәландыратын құжаттың көшірмесін немесе электрондық көшірмесін, «Б» корпусының мемлекеттік әкiмшiлiк лауазымына орналасуға арналған конкурсты өткiзу Қағидалардың 26-тармағында көрсетілген ұйымдарға тиесілілігін растайтын құжаттардың көшірмелерін немесе электрондық көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тар шеңберде мамандырылған лауазымдарға конкурсты өткізген жағдайда конкурс комиссиясының отырысына сарапшылар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тар шеңберде мамандырылған ретінде мем</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лекеттік орган қызметшілерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 пайызынан аз қызметші ие болған мамандық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сарапшы ретінде конкурс жариялаған мемлекеттік органның қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда, соның ішінде ғылым саласында жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00A81E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Конкурсқа қатысушылар мен кандидаттар уәкiлеттi органға немесе оның аумақтық бөлiмшесiне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртiбiнде конкурс комиссиясының шешiмiне шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="00B95A6C" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D50310" w:rsidRDefault="00D50310" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D50310" w:rsidRDefault="00D50310" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D50310" w:rsidRDefault="00D50310" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E10AB" w:rsidRDefault="001E10AB" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D50310" w:rsidRDefault="00D50310" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C06A0" w:rsidRDefault="005C06A0" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C06A0" w:rsidRDefault="005C06A0" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C06A0" w:rsidRDefault="005C06A0" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D50310" w:rsidRDefault="00D50310" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C3AF3" w:rsidRDefault="001C3AF3" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="005C06A0" w:rsidP="00B8358D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00B8358D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00B8358D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00B8358D" w:rsidP="00B8358D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00B8358D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              (мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мені______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________ бос мемлекеттік әкімшілік лауазымына орналасу конкурсына қатысуға жіберуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға конкурс өткізу қағидаларының негізгі талаптарымен таныстым, олармен келісемін және орындауға міндеттеме аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған құжаттарымның дәйектілігіне жауап беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса берілген құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мекен жайы және байланыс телефоны_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00AB1C8B">
-[...8 lines deleted...]
-        <w:t>Представление неполного пакета документов является основанием для отказа в их рассмотрении конкурсной комиссией.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="000B221A" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолы) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»_______________ 20 __ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B8358D" w:rsidRDefault="00B8358D" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B8358D" w:rsidRDefault="00B8358D" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B8358D" w:rsidRDefault="00B8358D" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C51525" w:rsidRDefault="00C51525" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="005C06A0" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">Граждане могут предоставлять дополнительную информацию, касающуюся их образования, опыта работы, профессионального уровня и репутации (копии документов о повышении квалификации, присвоении ученых степеней и званий, характеристики, рекомендации, научные публикации, иные сведения, характеризующие их профессиональную деятельность, квалификацию). </w:t>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="00D50310" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...112 lines deleted...]
-        <w:t>который исчисляется со следующего рабочего дня после последней публикации объявления о проведении общего конкурса.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B221A" w:rsidRPr="00AB1C8B" w:rsidRDefault="000B221A" w:rsidP="000B221A">
-[...302 lines deleted...]
-    <w:p w:rsidR="000B221A" w:rsidRDefault="000B221A" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...110 lines deleted...]
-        <w:t>, либо в судебном порядке в соответствии законодательством Республики Казахстан.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070741C" w:rsidRDefault="0070741C" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE05BD" w:rsidRDefault="00BE05BD" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">КАНДИДАТА НА </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАТИВНУЮ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE05BD" w:rsidRDefault="00BE05BD" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE05BD" w:rsidRDefault="00BE05BD" w:rsidP="000B221A">
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...458 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1076 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="226"/>
         <w:gridCol w:w="61"/>
         <w:gridCol w:w="958"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="2933"/>
-        <w:gridCol w:w="2125"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1459"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="919"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әкесінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>түрлі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ст</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/ цветное,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лауазымы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/должность, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>санаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/категория</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="208" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Туған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұлты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қалауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орнын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бітірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>іктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тілдері</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ілуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наградалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>құрметті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атақтары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дипломатиялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әскери</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>арнайы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атақтары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сыныптық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>шені</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жаза</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, оны </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тағайындау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>негізі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тиімділігін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жыл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сайынғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағалау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нәтижесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>егер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> кем </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нақты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кезеңіндегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>көрсетіледі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>імшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметшілер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>толтырады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мекеменің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орналасқан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қабылданған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>босатылған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
-[...87 lines deleted...]
-      <w:tr w:rsidR="00CB4833" w:rsidTr="002C7B7F">
+      <w:tr w:rsidR="00864993" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кандидаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қолы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="002C7B7F">
+          <w:p w:rsidR="00864993" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00CB4833" w:rsidRDefault="00CB4833" w:rsidP="000174E0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00CB4833" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0044648C" w:rsidRDefault="0044648C" w:rsidP="005C06A0">
+    <w:p w:rsidR="00C3603D" w:rsidRDefault="00C3603D" w:rsidP="005C06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0044648C" w:rsidRDefault="0044648C" w:rsidP="005C06A0">
+    <w:p w:rsidR="00C3603D" w:rsidRDefault="00C3603D" w:rsidP="005C06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0044648C" w:rsidRDefault="0044648C" w:rsidP="005C06A0">
+    <w:p w:rsidR="00C3603D" w:rsidRDefault="00C3603D" w:rsidP="005C06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0044648C" w:rsidRDefault="0044648C" w:rsidP="005C06A0">
+    <w:p w:rsidR="00C3603D" w:rsidRDefault="00C3603D" w:rsidP="005C06A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B7AC4D0"/>
     <w:name w:val="Outline"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11181,51 +11518,51 @@
     <w:rsid w:val="000E2D27"/>
     <w:rsid w:val="000F13D8"/>
     <w:rsid w:val="00105BF1"/>
     <w:rsid w:val="001715F8"/>
     <w:rsid w:val="00172FB2"/>
     <w:rsid w:val="001A3492"/>
     <w:rsid w:val="001B61B2"/>
     <w:rsid w:val="001C3AF3"/>
     <w:rsid w:val="001E10AB"/>
     <w:rsid w:val="001F354F"/>
     <w:rsid w:val="001F759D"/>
     <w:rsid w:val="00220F50"/>
     <w:rsid w:val="00240E03"/>
     <w:rsid w:val="002B29DB"/>
     <w:rsid w:val="002B2E62"/>
     <w:rsid w:val="002E19CF"/>
     <w:rsid w:val="002F7FF2"/>
     <w:rsid w:val="00322EC3"/>
     <w:rsid w:val="00347561"/>
     <w:rsid w:val="0035720F"/>
     <w:rsid w:val="003905DF"/>
     <w:rsid w:val="00393FDE"/>
     <w:rsid w:val="003A0C5A"/>
     <w:rsid w:val="003E5A1A"/>
     <w:rsid w:val="004239DB"/>
-    <w:rsid w:val="0044648C"/>
+    <w:rsid w:val="00462529"/>
     <w:rsid w:val="00470B4B"/>
     <w:rsid w:val="00485536"/>
     <w:rsid w:val="004959FC"/>
     <w:rsid w:val="004A2DBC"/>
     <w:rsid w:val="004D5D94"/>
     <w:rsid w:val="00500643"/>
     <w:rsid w:val="00506C83"/>
     <w:rsid w:val="00512DC0"/>
     <w:rsid w:val="005161DD"/>
     <w:rsid w:val="005579DC"/>
     <w:rsid w:val="00576149"/>
     <w:rsid w:val="005A2948"/>
     <w:rsid w:val="005A3579"/>
     <w:rsid w:val="005C06A0"/>
     <w:rsid w:val="005D15AC"/>
     <w:rsid w:val="005E787B"/>
     <w:rsid w:val="005F12FF"/>
     <w:rsid w:val="005F4938"/>
     <w:rsid w:val="005F59FB"/>
     <w:rsid w:val="006026C7"/>
     <w:rsid w:val="00614B9C"/>
     <w:rsid w:val="00642F7F"/>
     <w:rsid w:val="006438C4"/>
     <w:rsid w:val="00680FE7"/>
     <w:rsid w:val="0069298D"/>
@@ -11266,89 +11603,89 @@
     <w:rsid w:val="009A6278"/>
     <w:rsid w:val="009B0E1C"/>
     <w:rsid w:val="009C0AB7"/>
     <w:rsid w:val="009C73F1"/>
     <w:rsid w:val="009E6AB2"/>
     <w:rsid w:val="009F5A19"/>
     <w:rsid w:val="00A50676"/>
     <w:rsid w:val="00A775F2"/>
     <w:rsid w:val="00A81E70"/>
     <w:rsid w:val="00A95080"/>
     <w:rsid w:val="00AB1C8B"/>
     <w:rsid w:val="00AB2246"/>
     <w:rsid w:val="00AD773F"/>
     <w:rsid w:val="00B00570"/>
     <w:rsid w:val="00B211A7"/>
     <w:rsid w:val="00B33503"/>
     <w:rsid w:val="00B41B71"/>
     <w:rsid w:val="00B4443A"/>
     <w:rsid w:val="00B45D95"/>
     <w:rsid w:val="00B8358D"/>
     <w:rsid w:val="00B866F5"/>
     <w:rsid w:val="00B90D35"/>
     <w:rsid w:val="00B95A6C"/>
     <w:rsid w:val="00BC039A"/>
     <w:rsid w:val="00BE05BD"/>
+    <w:rsid w:val="00C3603D"/>
     <w:rsid w:val="00C403BD"/>
     <w:rsid w:val="00C51525"/>
     <w:rsid w:val="00C57282"/>
     <w:rsid w:val="00C614D4"/>
     <w:rsid w:val="00C62AC8"/>
     <w:rsid w:val="00CB4168"/>
     <w:rsid w:val="00CB4833"/>
     <w:rsid w:val="00CD6E25"/>
     <w:rsid w:val="00CF3ECE"/>
     <w:rsid w:val="00CF7973"/>
     <w:rsid w:val="00D032A6"/>
     <w:rsid w:val="00D04810"/>
     <w:rsid w:val="00D10597"/>
     <w:rsid w:val="00D2250C"/>
     <w:rsid w:val="00D22AC9"/>
     <w:rsid w:val="00D36A07"/>
     <w:rsid w:val="00D50310"/>
     <w:rsid w:val="00D55014"/>
     <w:rsid w:val="00D6158C"/>
     <w:rsid w:val="00DA53AD"/>
     <w:rsid w:val="00DC7D78"/>
     <w:rsid w:val="00DE416A"/>
     <w:rsid w:val="00E469AD"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E62C28"/>
     <w:rsid w:val="00E64082"/>
     <w:rsid w:val="00E64560"/>
     <w:rsid w:val="00E64F5C"/>
     <w:rsid w:val="00E8056C"/>
     <w:rsid w:val="00E90248"/>
     <w:rsid w:val="00E96682"/>
     <w:rsid w:val="00EA6676"/>
     <w:rsid w:val="00EC7E65"/>
     <w:rsid w:val="00F00704"/>
     <w:rsid w:val="00F20297"/>
     <w:rsid w:val="00F2104C"/>
     <w:rsid w:val="00F24F8C"/>
     <w:rsid w:val="00F42E72"/>
-    <w:rsid w:val="00F575E1"/>
     <w:rsid w:val="00F716D2"/>
     <w:rsid w:val="00F773DB"/>
     <w:rsid w:val="00FB7641"/>
     <w:rsid w:val="00FD01E9"/>
     <w:rsid w:val="00FD316D"/>
     <w:rsid w:val="00FD638A"/>
     <w:rsid w:val="00FF1DE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -12736,78 +13073,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{061F7A42-B6DA-4838-B5D2-54757084F617}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5CE4857-61DA-48C3-AC9B-5C4C1A532544}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11862</Characters>
+  <Pages>1</Pages>
+  <Words>2275</Words>
+  <Characters>12969</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13916</CharactersWithSpaces>
+  <CharactersWithSpaces>15214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>