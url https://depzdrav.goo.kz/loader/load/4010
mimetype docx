--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1,582 +1,511 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00987386" w:rsidRPr="00EC73D2" w:rsidRDefault="004D43A8" w:rsidP="00F067AA">
-[...12 lines deleted...]
-        <w:t>Причины и профилактика диабета.</w:t>
+    <w:p w:rsidR="00FC3FE6" w:rsidRDefault="00972378" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әйелдің жүртілік кезіндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қант диабет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D43A8" w:rsidRDefault="004D43A8" w:rsidP="00C11724">
-      <w:pPr>
+    <w:p w:rsidR="00FC3FE6" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC3FE6" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қант д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8749F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иабет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8749F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйқы безінің инсулинді (қан құрамында қанттың немесе глюкозаның құрамын реттейтін гормон) жеткілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8749F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өндіре алмауынан  немесе ағзаның өндірілген инсулинді тиімді қолдана алмауынан туындайтын қауіпті созылмалы ауру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC3FE6" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E63CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүктілік кезінде және жүктілікке дейін әйелдердің дұрыс тамақтанбауының әсері жұқпалы емес аурулардың қатарының даму қаупін арттыра отырып қысқа мерзімді және ұзаққа созылуы мүмкін.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC3FE6" w:rsidRPr="00D85E0D" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6176F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жүктілік кезінде артық салмақ қосу ана үшін де, бала үшін де, босанғаннан кейін анада артық салмақтың болуы және әрі қарай семіздіктің, тууалды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46BAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гипогликемия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жүктіліктік қант диабеті, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46BAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатырішілік дамудың тоқтауы, іштегі нәрестенің ірі болуы және басқа асқынулармен байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46BAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Артық дене салмағы бар, дұрыс тамақтанбауға әдеттенген және нәрлі микроэлементтердің қоры аз әйелдер жүкті болған кезде көп салмақ қосу және </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қант диабеті қатеріне шалдығады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85E0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D43A8" w:rsidRDefault="004D43A8" w:rsidP="00C11724">
-      <w:pPr>
+    <w:p w:rsidR="00FC3FE6" w:rsidRPr="001979D0" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...96 lines deleted...]
-        <w:t>ющие вес и повышающие чувствительность клеток к собственному инсулину. Если же Вы не соблюдаете диету и не принимаете регулярно таблетки, назначенные врачом, то и при сахарном диабете 2 типа может потребоваться лечение инсулином.</w:t>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D85E0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гестациялық қант диабетінің (жүктіліктің ауырлауының семіздікпен байланысты кең таралған аурулардың бірі) даму қаупі әйелдерде жүктілікке дейін артық салмақ пен семіздік болса айтарлықтай артады. Жүкті әйелдерде гестациялық қант диабетінің болуы жатырішілік дамудың тоқтатуы немесе іштегі нәрестенің тез өсуі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001979D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(макросомии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жатырішілік семіздік, өмір бойы семіздікке бейімділік, глюкозаға, екінші типті қант диабетіне төзімділіктің бұзылуы және баланың  зат алмасу қызметінің бұзылуының қаупін арттырады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913C04" w:rsidRDefault="00913C04" w:rsidP="00C11724">
-      <w:pPr>
+    <w:p w:rsidR="00FC3FE6" w:rsidRPr="00D36CD5" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001979D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы мәліметтер семіздік деңгейін төмендетудің қажеттілігін және репродуктивтік жастағы әйелдердің тамақтануын үйлестіруге арналған стратегиядан бастап жұқпалы емес аурулардың тамақтанумен байланысын көрсетеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FD01BE" w:rsidRDefault="00FD01BE" w:rsidP="00C11724">
-      <w:pPr>
+    <w:p w:rsidR="00FC3FE6" w:rsidRDefault="00FC3FE6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D36CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қант д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755FBA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иабеті түрлі асқынуды тудыруы және жалпы мезгілсіз өлі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м-жітім қаупін арттыруы мүмкін. Оған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB79AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инфаркт, инсульт, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бүйрек жеткіліксіздігі, аяқты кесу, көру қабілетінен айырылуы, жүйкенің зақымдалуы және т.б. жатады. Жүктілік кезінде нашар бақыланбаған диабет іштегі нәрестенің өлімін және басқа да асқынуларды арттыруы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD01BE" w:rsidRDefault="00FD01BE" w:rsidP="00C11724">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="004D56E6" w:rsidRDefault="004D56E6" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD01BE" w:rsidRDefault="00FD01BE" w:rsidP="00C11724">
-[...26 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w:rsidR="00FC3FE6" w:rsidRPr="00FC3FE6" w:rsidRDefault="00794FE0" w:rsidP="00FC3FE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794FE0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндокринолог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794FE0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрігер </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3FE6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Касымова Л.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD01BE" w:rsidRDefault="00FD01BE" w:rsidP="00C11724">
-[...182 lines deleted...]
-    <w:sectPr w:rsidR="008E0AB2" w:rsidRPr="00BA783D" w:rsidSect="00F067AA">
+    <w:sectPr w:rsidR="00FC3FE6" w:rsidRPr="00FC3FE6" w:rsidSect="004D56E6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="340" w:right="340" w:bottom="340" w:left="340" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004D43A8"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FD01BE"/>
+    <w:rsidRoot w:val="00FC3FE6"/>
+    <w:rsid w:val="001C04A4"/>
+    <w:rsid w:val="00495226"/>
+    <w:rsid w:val="004D56E6"/>
+    <w:rsid w:val="00794FE0"/>
+    <w:rsid w:val="00972378"/>
+    <w:rsid w:val="00BF1E9F"/>
+    <w:rsid w:val="00FC3FE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -684,51 +613,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00987386"/>
+    <w:rsid w:val="00FC3FE6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1017,66 +946,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>549</Words>
-  <Characters>3135</Characters>
+  <Words>305</Words>
+  <Characters>1745</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>shrcrb</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3677</CharactersWithSpaces>
+  <CharactersWithSpaces>2046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user 40</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>