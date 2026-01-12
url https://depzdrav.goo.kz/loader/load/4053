--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1,371 +1,580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00357C61" w:rsidRDefault="00F30765" w:rsidP="00F30765">
+    <w:p w:rsidR="00A113BA" w:rsidRDefault="00A113BA" w:rsidP="00A113BA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30765">
+      <w:r w:rsidRPr="00A113BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t>Бытовой травматизм</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұрмыстық жарақаттану</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F30765" w:rsidRDefault="00F30765" w:rsidP="00F30765">
+    <w:p w:rsidR="00A113BA" w:rsidRDefault="00A113BA" w:rsidP="00A113BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30765">
-[...6 lines deleted...]
-        <w:t>Травматизм</w:t>
+      <w:r w:rsidRPr="003C075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="003C075F" w:rsidRPr="003C075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арақаттану</w:t>
+      </w:r>
+      <w:r w:rsidR="003C075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аурулар құрылымында алдыңғы орындардың бірінде  және еңбекке жарамды жастағы тұрғындар мен балалардың бастапқы мүгедектікі мен өлімөжітімінің негізгі себептерінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00722A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірі болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00722A8A" w:rsidRPr="00722A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00722A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біздің республикамызда жыл сайын 800 мыңға жуық адам жарақат алады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00722A8A" w:rsidRPr="003C075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жарақаттану</w:t>
+      </w:r>
+      <w:r w:rsidR="00722A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жалпы тұрмыстық жарақаттану нені білдіреді? Жарақаттану- белгілі бір уақыт бөлігінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрғындардың белгілі бір тобында орын алған жарақаттар жиынтығы. </w:t>
+      </w:r>
+      <w:r w:rsidR="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жарақаттанудың едәуір деңгейі 20-49 жас аралығындағы ер азаматтарда кездеседі,ал әйелдерде – 30-59 жас шамасында сонымен қатар  ерлерде бұл көрсеткіш жас шамасының қай тобын алсаңыз да жоғары</w:t>
+      </w:r>
+      <w:r w:rsidR="00075757" w:rsidRPr="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Травматология және  ортопедияның РҒПО-ның мәліметтері боцынша, жарақаттану құрылымында тұрмыстық жарақаттану үлесі басым-56,1%, көшеде орын алғандар – 17,5%, балалар жарақаты – 16,5% спорттық – 6,8%, өндірістік – 1,3%, жол-көлік жарақаттары – 1,8</w:t>
+      </w:r>
+      <w:r w:rsidR="00075757" w:rsidRPr="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00075757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3104">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарақаттанудың анағұрлым жоғары көрсеткіштері ірі қалаларда тіркеледі, сондай-ақ, «маусымдық</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3104" w:rsidRPr="00DE3104">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3104">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сипат байқалады, мәселен, қыста жарақат алу саны көбейеді. Жарақаттанудың ішінде тұрмыстық жарақаттану едәуір көп тараған. Адам тұрмыста және демалыста анағұрлым босаңсиды және қадалғыш-өткір заттарды, электр құрылғыларын және басқа да жоғары қауіпті құралдарды қолдану кезінде қауіпсізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00345B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к техникасының қарапайым қағидаларын сақтауды естен шығарып алады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00345B7F" w:rsidRPr="00ED4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тұрмыстық </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4575" w:rsidRPr="00ED4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарақаттануға</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жәбірленушінің өндірістік қызметімен байланысты емес, үйде, пәтерде, аулада және т.б. орын алатын жазатайым жағдайлар жатады. Бұл жарақаттардың ең негізгі себептері (шамамен жағдайлардың үштен бірінде)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үй жұмыстарын орындау – тамақ пісіру, үй жинау және ғимаратты жөндеу және т.б. болып табылады. Жарақаттар арасында ауыртып алу, жаралану, күйіп қалу және т</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64072" w:rsidRPr="00B64072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б. үлес» басым. Көбінде қолдың буыны жиі зақымдалады. Тұрмыстық жарақаттанудың шамамен төрттен бір бөлігі аулада, пәтерде құлау салдарынан болады. Әртүрлі тұрмыстық ұста</w:t>
+      </w:r>
+      <w:r w:rsidR="00772245">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мсыздық кезінде болатын зақым үлесі сирек. Олардың орын алуына көбінде алкогольдіқ ішімдікықпалы басым, әсіресе, мерекелік және демалыс күндері жиі тіркеледі. Статистика бойынша барлық жарақаттардың 25-30% алкогольмен байланысты. Тұрмыстық жарақаттану ер азаматтарда әйелдерге қарағанда 3-4 есеге жиі кездеседі, сондай-ақ, 18-25 жастағыларда, 45-50 жастағы адамдарға</w:t>
+      </w:r>
+      <w:r w:rsidR="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарағанда қозғалыс үйлесімділігі әлсіреген және реакциясы тежелеген егде таратқан  адамдарда жарақат 4-5 есеге жиі кездеседі</w:t>
+      </w:r>
+      <w:r w:rsidR="002953F1" w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002953F1" w:rsidRPr="00C111F4" w:rsidRDefault="002953F1" w:rsidP="00A113BA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың тұрмыстық жарақаты да ерекше санатқа жатады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...165 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Үйде көбінде 1-4 жас шамасындағы балалар жарақат алады, себебі олар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>составляют около 1/3 всех бытовых травм и в 30% случаев требуют госпитализации. Дети падают из колясок, с кроваток, с рук родителей, нередки падения детей из раскрыт</w:t>
-[...7 lines deleted...]
-        <w:t>ых окон, поражения электрическим током, кипятком и т.д.</w:t>
+        <w:t>тұрмыстық құралдарды қолдану дағдыларын білмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарақат алу қаулі бар жағдайды саналы түрде бағалай алмайды және олар ата-ана  тарапынан айрықша қадағалауды қажет етеді. Негізінен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың құлап жарақаттануы жалпы жарақаттанудың 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрайды және жағдайлардың 30 пайызында балаларды ауруханаға жатқызуға тура келеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002953F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C111F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар арбадан, төсектен, ата-анасының қолынан құлайды ,кейде тіпті ашық тұрған терезеден де құлағандар, электр тогынан ыстық судан зақым алғандар да бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C111F4" w:rsidRPr="00C111F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F355D" w:rsidRDefault="003F355D" w:rsidP="00F30765">
+    <w:p w:rsidR="00722A8A" w:rsidRPr="00BF6EA1" w:rsidRDefault="00BF6EA1" w:rsidP="00A113BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Ж.А.</w:t>
+      <w:r w:rsidRPr="00BF6EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хирург дәрігері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Макишев Ж.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F0FA9" w:rsidRDefault="008F0FA9" w:rsidP="00F30765">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="008F0FA9" w:rsidSect="00357C61">
+    <w:sectPr w:rsidR="00722A8A" w:rsidRPr="00BF6EA1" w:rsidSect="00357C61">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00F30765"/>
     <w:rsid w:val="00075757"/>
     <w:rsid w:val="000A3FAA"/>
     <w:rsid w:val="00127C3C"/>
+    <w:rsid w:val="00191964"/>
     <w:rsid w:val="002953F1"/>
     <w:rsid w:val="00345B7F"/>
     <w:rsid w:val="00357C61"/>
     <w:rsid w:val="0037419B"/>
     <w:rsid w:val="003C075F"/>
     <w:rsid w:val="003C5D4C"/>
     <w:rsid w:val="003F355D"/>
     <w:rsid w:val="00435D4E"/>
     <w:rsid w:val="005F6286"/>
     <w:rsid w:val="00722A8A"/>
     <w:rsid w:val="00772245"/>
     <w:rsid w:val="007C0A5D"/>
     <w:rsid w:val="00830527"/>
     <w:rsid w:val="008F0FA9"/>
     <w:rsid w:val="00A113BA"/>
     <w:rsid w:val="00B354E3"/>
     <w:rsid w:val="00B64072"/>
     <w:rsid w:val="00BF6EA1"/>
     <w:rsid w:val="00C111F4"/>
     <w:rsid w:val="00DA6840"/>
     <w:rsid w:val="00DD2684"/>
     <w:rsid w:val="00DE3104"/>
     <w:rsid w:val="00E93555"/>
     <w:rsid w:val="00ED4575"/>
     <w:rsid w:val="00F30765"/>
@@ -867,65 +1076,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>412</Words>
-  <Characters>2351</Characters>
+  <Words>452</Words>
+  <Characters>2577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2758</CharactersWithSpaces>
+  <CharactersWithSpaces>3023</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user 40</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>