--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -4,6635 +4,8172 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003B3DF3" w:rsidRPr="00386CF5" w:rsidRDefault="003B3DF3" w:rsidP="00386CF5">
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z26"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Қазақстан Республикасы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау және</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік даму министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 жылғы 27 сәуірдегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 272 бұйрығына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-қосымша      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRDefault="000F269E" w:rsidP="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z27"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі тірісінде еркін көңіл білдіруіне келісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру немесе қайтарып алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F269E" w:rsidRDefault="00EE4175" w:rsidP="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z28"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z29"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. «Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу мүмкіндігі туралы көзі тірісінде еркін көңіл білдіруіне келісім беру немесе қайтарып алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет (бұдан әрі – мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартын Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігі (бұдан әрі – Министрлік) әзірледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік қызметті медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санитариялық алғашқы көмек көрсететін медициналық ұйымдар (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуге өтінішті қабылдау және нәтижесін беру мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z33"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z34"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) көрсетілетін қызметті алушыға қызмет көрсетудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқсат етілген ең ұзақ уақыты – 30 (отыз) минуттан аспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметтің нысаны: қағаз түрінде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Мемлекеттік қызметті көрсету нәтижесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осы стандартқа 1-қосымшаға сәйкес нысан бойынша тіндерді (тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне келісім беруді тіркеу туралы анықтама не осы стандартқа 2-қосымшаға сәйкес нысан бойынша тіндерді (тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ісінде еркін көңіл білдіруіне келісім беруді тіркеуден бас тарту туралы анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) осы стандартқа 3-қосымшаға сәйкес нысан бойынша тіндерді (тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ісінде еркін көңіл білдіруіне келісімді қайтарып алуды тіркеу туралы анықтама. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Жеке тұлғаларға мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет тегін көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің жұмыс кестесі – Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі - жұма аралығында сағат 8.00-ден бастап 20.00-ге дейін үзіліссіз сенбі күні – сағат 9.00-ден 14.00-ге дейін. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет алдын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылусыз және жеделдет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лген қызмет көрсетусіз кезек тәртібінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Көрсетілетін қызметті алушы өтініш берген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет алушының жеке басын куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметтің стандартына 4 немесе 5- қосымшаларға сәйкес өтініш. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9-1. Мемлекеттік қызмет көрсетуден бас тарту үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті алушының мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алу үшін ұсынған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті алушының осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 9-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тармағымен көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) қарсы көрсетілімдерінің болуы (туберкулез, АИТВ/ЖИТС, В және С гепатиттері, психикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құлықтық бұзылулар, наркологиялық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бұзылулар, жыныстық жолымен берілетін инфекциялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аурулар) негізі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. Көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нің ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әне (немесе) оның лауазымды адамдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z48"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z49"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартының 13-тармағында көрсетілген мекенжайға не 010000, Астана қаласы, Орынбор көшесі, 8-үй, Министрліктер үйі, № 5-кіреберіс мекенжайы бойынша көрсетілетін қызметті берушінің немесе Министрлік басшысының атына </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғым беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шағымды қабылдаған адамның тегі мен аты-жөні, берілген шағымға жауап алу мерзімі мен орны (мөртаңба, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі мен күні) көрсетіле отырып, шағымның тіркелуі, көрсетілетін қызметті берушінің, немесе Министрліктің кеңесінде оның қабылданғанын растау болып табылады. Шағым тіркелгеннен кейін жауапты орындаушыны белгілеу және тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і шаралар қабылдау үшін көрсетілетін қызметті берушінің немесе Министрліктің басшысына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті берушінің атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмысы күні ішінде қаралуға жатады. Көрсетілетін қызметті берушіге шағымды қарау нәтижелері туралы дәлелді жауап почта арқылы жіберіледі не көрсетілетін қызметті берушінің кеңсесіне қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайда, көрсетілген қызметті алушы мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға шағыммен жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметі көрсетудің сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілген қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайда көрсетілген қызметті алушы заңнамамен белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа жүгінуге құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z55"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4-тарау. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, оның ішінде электрондық нысанда көрсетілетін қызметті көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z56"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Көрсетілетін қызметті берушінің үй-жайларында мүмкіндігі шектелген көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қызмет көрсету үшін жағдайлар (пандустар мен лифтер) көзделген. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Мемлекеттік қызметті көрсету орындарының мекенжайлары Министрліктің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mzsr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында, «Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет» бөлімінде, сондай -ақ облыстардың, Астана және Алматы қалаларының денсаулық сақтау басқармаларының интернет-ресурсында орналастырылған. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты көрсетілетін қызметті берушінің байланыс телефондары арқылы алуға құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E" w:rsidP="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Мемлекеттік қызметті көрсету мәселелері жөніндегі анықтамалық қызметтің байланыс телефондары Министрліктің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>mzsr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында көрсетілген, Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+      <w:bookmarkStart w:id="11" w:name="z60"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE4175" w:rsidRDefault="00EE4175">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Транспланттау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тіндерін және (немесе) ағзаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ағзалардың бөліктерін) алу мүмкіндігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы көзі тірісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру немесе қайтарып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+        <w:t xml:space="preserve"> Транспланттау мақсатында азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00386CF5" w:rsidRPr="00386CF5">
+        <w:t>оның тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>алу мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрметті ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіздің транспланттау мақсатында қайтыс болғаннан кейін тіндерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) көзі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіру келісіміңіз тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тіркелген күні: 20____жылғы «___» ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымы басшысының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты, әкесінің аты (ол болған жағдайда) __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолы____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымының мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z61"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  «Транспланттау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тіндерін және (немесе) ағзаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ағзалардың бөліктерін) алу мүмкіндігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы көзі тірісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру немесе қайтарып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>«Регистрация согласия или отзыва согласия на прижизненное</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00386CF5">
+        <w:t xml:space="preserve"> Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісіміңізді тіркеуден бас тарту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрметті ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сізге транспланттау мақсатында қайтыс болғаннан кейін тіндерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіру келісіміңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеуден бас тартылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бас тарту себебі ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қарсы көрсетілімдерінің болуы (АИТВ/ЖИТС, В және С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гепатиттері, психикалық және міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құлықтық бұзылулар, алкогольдік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және (немесе) есірткілік тәуелділік).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тіркелген күні: 20____жылғы «___» ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымы басшысының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты, әкесінің аты (ол болған жағдайда) __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолы____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымының мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z62"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Транспланттау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тіндерін және (немесе) ағзаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ағзалардың бөліктерін) алу мүмкіндігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы көзі тірісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру немесе қайтарып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>добровольное пожертвование тканей (части ткани) и (или) органов</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00386CF5">
+        <w:t xml:space="preserve"> Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне келісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді қайтарып алуды тіркеу туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрметті ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сізге транспланттау мақсатында қайтыс болғаннан кейін тіндерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне келісімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтарып алу тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тіркелген күні: 20____жылғы «___» ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымы басшысының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты, әкесінің аты (ол болған жағдайда) __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСАК ұйымының мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z63"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Транспланттау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тіндерін және (немесе) ағзаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ағзалардың бөліктерін) алу мүмкіндігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы көзі тірісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру немесе қайтарып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(части органов) после смерти в целях трансплантации»</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 1. Общие положения</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне келісім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беру қайтарып алуды тіркеу үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1. </w:t>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00386CF5">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мен, __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адамның тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...312 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Туған күні 19___жылғы ___________ «____»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖСН ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жеке басын куәландыратын құжат: №, кім және қашан берген)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мен транспланттау мақсатында қайтыс болғаннан кейін тіндерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(тіннің бөлігін) және (немесе) ағзаларды (ағзалардың бөлігін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне бұрын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген келісімімді қайтарып аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Менің жеке деректерімді енгізуге, жинауға, өңдеуге және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сақ</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00386CF5">
-[...7 lines deleted...]
-        <w:t>1) справка о регистрации согласия на прижизненное добровольное пожертвование тканей (части ткани) и (или) органов (части органов) по форме согласно приложению 1 к настоящему стандарту либо справка об отказе в регистрации согласия на прижизненное добровольное пожертвование тканей (части ткани) и (или) органов (части органов) по форме согласно приложению 2 к настоящему стандарту;</w:t>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тау</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________ /_________/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ жылғы «___» _____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол қойылған кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z64"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Транспланттау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтан қайтыс болғаннан кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның тіндерін және (немесе) ағзаларын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ағзалардың бөліктерін) алу мүмкіндігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы көзі тірісінде еркін көңіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруіне келісім беру немесе қайтарып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуды тіркеу» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Транспланттау мақсатында азаматтан қайтыс болғаннан кейін оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіндерін және (немесе) ағзаларын (ағзалардың бөліктерін) алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі туралы көзі ті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ісінде еркін көңіл білдіруіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісім беруді тіркеу үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мен, __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ң тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Туған күні 19___ жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «_______»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖСН__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жеке басын куәландыратын құжат: №, кім және қашан берген)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...180 lines deleted...]
-        <w:t>3) наличие противопоказаний (туберкулез, ВИЧ/СПИД, гепатиты</w:t>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өзіңізге ыңғайлы нұсқалардың бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00386CF5">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> В</w:t>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00386CF5">
-[...4824 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ін таңдаңыз:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C789C47" wp14:editId="0A0FFB8E">
-            <wp:extent cx="292100" cy="304800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E215DCE" wp14:editId="711890F5">
+            <wp:extent cx="330200" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="292100" cy="304800"/>
+                      <a:ext cx="330200" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...43 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Мен транспланттау үшін менің қайтыс болғаным туралы факті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген жағдайда менің кез келген і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і ағзаларым мен тіндерімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алуға болатынын растаймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>трансплантации.</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22322D10" wp14:editId="79F7744F">
-            <wp:extent cx="292100" cy="304800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="567E0123" wp14:editId="3AFE788D">
+            <wp:extent cx="330200" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="292100" cy="304800"/>
+                      <a:ext cx="330200" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мыналардан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа барлық ағзаларды алуға болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2535EF11" wp14:editId="2121161A">
-            <wp:extent cx="292100" cy="304800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F639516" wp14:editId="3A5B3AFE">
+            <wp:extent cx="330200" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="292100" cy="304800"/>
+                      <a:ext cx="330200" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...138 lines deleted...]
-      <w:r w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Тек қана _________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға болады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386CF5">
-[...39 lines deleted...]
-    <w:p w:rsidR="003B3DF3" w:rsidRPr="00386CF5" w:rsidRDefault="00B33A6F">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Менің жеке деректерімді енгізуге, жинауға, өңдеуге және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісім беремін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________ /_________/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегі, аты, әкесінің аты (ол болған жағдайда) қолы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 __ жылғы «___» _____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол қойылған күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C55AC" w:rsidRPr="00EE4175" w:rsidRDefault="000F269E">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386CF5">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="003B3DF3" w:rsidRPr="00386CF5">
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE4175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001C55AC" w:rsidRPr="00EE4175">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00342331" w:rsidRDefault="00342331" w:rsidP="00386CF5">
+    <w:p w:rsidR="00857385" w:rsidRDefault="00857385" w:rsidP="00EE4175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00342331" w:rsidRDefault="00342331" w:rsidP="00386CF5">
+    <w:p w:rsidR="00857385" w:rsidRDefault="00857385" w:rsidP="00EE4175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6643,180 +8180,221 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00342331" w:rsidRDefault="00342331" w:rsidP="00386CF5">
+    <w:p w:rsidR="00857385" w:rsidRDefault="00857385" w:rsidP="00EE4175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00342331" w:rsidRDefault="00342331" w:rsidP="00386CF5">
+    <w:p w:rsidR="00857385" w:rsidRDefault="00857385" w:rsidP="00EE4175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00386CF5" w:rsidRPr="00386CF5" w:rsidRDefault="00386CF5" w:rsidP="00386CF5">
+  <w:p w:rsidR="00EE4175" w:rsidRPr="00EE4175" w:rsidRDefault="00EE4175" w:rsidP="00EE4175">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EE4175">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00386CF5">
+      <w:t>Қ</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00EE4175">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">В </w:t>
+      <w:t>Р</w:t>
     </w:r>
-    <w:r w:rsidRPr="00386CF5">
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00EE4175">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-      <w:t>редакции приказа Министра здравоохранения РК от 27.06.2017 №</w:t>
+      <w:t xml:space="preserve"> Денсаулық сақтау және әлеуметтік даму</w:t>
     </w:r>
-    <w:r w:rsidRPr="00386CF5">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00386CF5">
+    <w:r w:rsidRPr="00EE4175">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-      <w:t>464 (вводится в действие по истечении десяти календарных дней после дня его первого</w:t>
+      <w:t xml:space="preserve">министрінің 28.12.2015 </w:t>
     </w:r>
-    <w:r w:rsidRPr="00386CF5">
+    <w:r w:rsidRPr="00EE4175">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">№ 1046 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EE4175">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+      <w:t>(алғашқы ресми жариялаған күнінен бастап күнтізбелік он күн өткен</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00386CF5">
+    <w:r w:rsidRPr="00EE4175">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-      <w:t>официального опубликования).</w:t>
+      <w:t>соң қолданысқа енгізіледі) бұйрығымен.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="89"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003B3DF3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B33A6F"/>
+    <w:rsidRoot w:val="001C55AC"/>
+    <w:rsid w:val="000F269E"/>
+    <w:rsid w:val="001C55AC"/>
+    <w:rsid w:val="00857385"/>
+    <w:rsid w:val="00EE4175"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7108,94 +8686,94 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B33A6F"/>
+    <w:rsid w:val="000F269E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B33A6F"/>
+    <w:rsid w:val="000F269E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00386CF5"/>
+    <w:rsid w:val="00EE4175"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00386CF5"/>
+    <w:rsid w:val="00EE4175"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -7650,49 +9228,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1770</Words>
-  <Characters>10094</Characters>
+  <Words>1979</Words>
+  <Characters>11285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11841</CharactersWithSpaces>
+  <CharactersWithSpaces>13238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>