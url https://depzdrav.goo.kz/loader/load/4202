--- v0 (2026-01-11)
+++ v1 (2026-02-04)
@@ -1,5437 +1,11830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="00704EAC" w:rsidRDefault="00704EAC" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704EAC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Приложение 3 </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00704EAC">
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 272 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00EB730D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CB38C9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00704EAC" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...171 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
-[...41 lines deleted...]
-    <w:p w:rsidR="002D6FA9" w:rsidRDefault="002D6FA9" w:rsidP="002D6FA9">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...41 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="00704EAC" w:rsidRDefault="00176C1F" w:rsidP="00704EAC">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...109 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Медициналық-санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық-санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өтініштерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүгінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүгінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұраныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аяқталғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учаскелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрігер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> практика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрігері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ЖПД) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөрімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөрімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастапқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м.а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2010 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 907 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6697 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) № 035-2/е </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 079/е </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкесдемалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жексенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күндерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүйсенбіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралығындадүйсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзіліссіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8.00-ден </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметкөрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзделмеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="002D134C" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...140 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> –</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тармағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не 010000,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...63 lines deleted...]
-        <w:t>Государственная услуга в электронном формате оказывается в день обращения на портал. При этом</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Орынбор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 8-үй, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, № 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіреберіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> почта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыстағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолм</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0037546F">
-[...7 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0037546F">
-[...37 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты-жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөртаңба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нөмірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданғанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелгеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындаушыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> почта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағыммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаралады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>рабочие дни, до 12</w:t>
-      </w:r>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүгінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0037546F">
-[...545 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...295 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00E073A0" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц </w:t>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="003542D7">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>www.mzsr.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
+    <w:p w:rsidR="00A75A23" w:rsidRPr="00E073A0" w:rsidRDefault="00E073A0" w:rsidP="00E073A0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...42 lines deleted...]
-        <w:t>государственной услуги</w:t>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.mzsr.gov.kz интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірыңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс-орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E073A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00176C1F" w:rsidRPr="0037546F" w:rsidRDefault="00176C1F" w:rsidP="00176C1F">
-[...2848 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00A75A23" w:rsidRPr="00E073A0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...60 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="631E3D55"/>
+    <w:nsid w:val="262F159D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C2060194"/>
-    <w:lvl w:ilvl="0" w:tplc="D3E8E4CA">
+    <w:tmpl w:val="7AFC9524"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="370A3C56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4880A574"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="78A531B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DB283A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...7 lines deleted...]
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00176C1F"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00F86328"/>
+    <w:rsidRoot w:val="00140479"/>
+    <w:rsid w:val="00140479"/>
+    <w:rsid w:val="008A0CCB"/>
+    <w:rsid w:val="00A24563"/>
+    <w:rsid w:val="00A75A23"/>
+    <w:rsid w:val="00E073A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5545,208 +11938,322 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00176C1F"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00176C1F"/>
+    <w:rsid w:val="00A24563"/>
     <w:pPr>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...3 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00176C1F"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E073A0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...11 lines deleted...]
-    </w:rPr>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00176C1F"/>
-[...5 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...13 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F86328"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
-[...2 lines deleted...]
-    <w:link w:val="a8"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86328"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A24563"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E073A0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mzsr.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5992,69 +12499,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5826</Characters>
+  <Pages>3</Pages>
+  <Words>844</Words>
+  <Characters>4813</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6834</CharactersWithSpaces>
+  <CharactersWithSpaces>5646</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:creator>Ahmetov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>