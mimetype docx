--- v0 (2026-01-11)
+++ v1 (2026-02-04)
@@ -1,7595 +1,14165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00ED508D" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 272 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>№______</w:t>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="00712ADF" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="00712ADF" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өтініштерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инвести</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Халыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаруашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқығындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ХҚО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="0037546F" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CB52FC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r w:rsidR="002E7E7C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r w:rsidR="002E7E7C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0037546F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="0037546F" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8165"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...9 lines deleted...]
-        <w:t>1. Общие положения</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="0037546F" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 3 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 15 (он бес) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- 2 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ХҚО-да – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диспансерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрмағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диспансерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрмағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психиатр-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрігер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөрімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>журналында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-қосымшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Халық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35-бабына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тармағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жайларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ақы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шотына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақшасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) ХҚО-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кодек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күндерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүйсенбіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-00-ден 20-00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзіліссіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күндерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүйсенбіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмағ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-00-ден 20-00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзіліссіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеделдетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзделмеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ХҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілеттігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толмағандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамқоршының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамқоршылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабілетсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәліметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үкімет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шлюзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйеден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0037546F">
-[...167 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тармағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не 010000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Орынбор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 8-үй, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, № 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіребер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Минист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> почта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданғанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты-жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөртаңба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелгеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындаушыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мини</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шағымдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңсесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шағыммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүгіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаралады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүгінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www.mzsr.gov.kz, интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй-жайларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A24563" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс-орталығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұқсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75A23" w:rsidRPr="00A24563" w:rsidRDefault="00A24563" w:rsidP="00A24563">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.mzsr.gov.kz, интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="0010478C" w:rsidRPr="00BC20B8">
-[...29 lines deleted...]
-        <w:t>).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірыңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A24563">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8-800-080-77-77, (1414).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074C2B" w:rsidRPr="00BC20B8" w:rsidRDefault="00074C2B" w:rsidP="00074C2B">
-[...6718 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="00A75A23" w:rsidRPr="00A24563">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B66436" w:rsidRDefault="00B66436" w:rsidP="00074C2B">
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="78A531B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DB283A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B66436" w:rsidRDefault="00B66436" w:rsidP="00074C2B">
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-</w:hdr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...7 lines deleted...]
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00074C2B"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00F712C8"/>
+    <w:rsidRoot w:val="00140479"/>
+    <w:rsid w:val="00140479"/>
+    <w:rsid w:val="00A24563"/>
+    <w:rsid w:val="00A75A23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -7611,51 +14181,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -7703,221 +14273,302 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00074C2B"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00074C2B"/>
+    <w:rsid w:val="00A24563"/>
     <w:pPr>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...14 lines deleted...]
-    </w:rPr>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...54 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E7E7C"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-[...2 lines deleted...]
-    <w:link w:val="aa"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002E7E7C"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A24563"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8163,69 +14814,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6798</Characters>
+  <Pages>3</Pages>
+  <Words>1007</Words>
+  <Characters>5745</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7975</CharactersWithSpaces>
+  <CharactersWithSpaces>6739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:creator>Ahmetov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>