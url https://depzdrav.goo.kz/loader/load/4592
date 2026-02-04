--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,10892 +1,14975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00272FA1" w:rsidRPr="00945F04" w:rsidRDefault="00272FA1" w:rsidP="00272FA1">
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корпусының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="002422C4" w:rsidRDefault="00C525C6" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...159 lines deleted...]
-      <w:r w:rsidR="00BD63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>D-О-3 устанавливаются следующие требования:</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлық конкурсқа қатысушыларға қойылатын жалпы біліктілік талаптары:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C7440" w:rsidRPr="00945F04" w:rsidRDefault="000C7440" w:rsidP="000C7440">
-[...79 lines deleted...]
-    <w:p w:rsidR="00272FA1" w:rsidRPr="00945F04" w:rsidRDefault="00272FA1" w:rsidP="00272FA1">
+    <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...273 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D-О-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік әкімшілік лауазымдары санаттарына келесідей үлгілік біліктілік талаптары белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары немесе жоғары оқу орнынан кейінгі білім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай құзыреттердің бар болуы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D527ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай құзыреттердің бар болуы: стресске орнықтылық, бастамашылдық, жауапкершілік, қызметті тұтынушыға және оны хабарландыруға бағдарлану, адалдық, өздігінен даму, жеделділік, ынтымақтастық және әрекеттестік, қызметті басқару, шешім қабылдау, көшбасшылық, стратегиялық ойлану, өзгерістерді басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...97 lines deleted...]
-        <w:t>.:</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс тәжірибесі келесі талаптардың біріне сәйкес болуы тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00272FA1" w:rsidRPr="00945F04" w:rsidRDefault="00272FA1" w:rsidP="00272FA1">
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) мемлекеттік қызмет өтілі екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) осы санаттағы нақты лауазымның функционалдық бағыттарына сәйкес салаларда үш жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) Қазақстан Республикасы Парламентінің депутаты мәртебесінде немесе тұрақты негізде қызмет ететін облыс, республикалық маңызы бар қала, астана, аудан (облыстық маңызы бар қала) мәслихатының депутаты мәртебесінде немесе халықаралық қызметкер мәртебесінде қызмет өтілі екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) мемлекеттік қызмет өтілі үш жылдан кем емес, оның ішінде орталық немесе облыстық деңгейдегі құқық қорғау немесе арнайы мемлекеттік органдарының немесе Қарулы Күштер әскери басқару органының тактикалық деңгейінен төмен емес, жергілікті әскери басқару органдарының немесе әскери оқу орындарының лауазымдарында екі жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) осы санаттағы нақты лауазымның функционалдық бағыттарына сәйкес салаларда жұмыс өтілі үш жылдан кем емес, оның ішінде басшылық лауазымдарда бір жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="008E1A15" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) жоғары оқу орнынан кейінгі білім бағдарламалары бойынша Қазақстан Республикасы Президентінің жанындағы білім беру ұйымдарында немесе шетелдің жоғары оқу орындарында Республикалық комиссия бекітетін басым мамандықтар бойынша оқуды аяқтауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="00C525C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) ғылыми дәрежесінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C525C6" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="af3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C525C6">
+        <w:rPr>
+          <w:rStyle w:val="af3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «Б» корпусының мемлекеттік әкімшілік лауазымдарына үлгілік біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрагасының 2016 жылғы 13 желтоқсандағы № 85 Қазақстан Республикасының Әділет министрлігінде 2016 жылы 21 желтоқсанда № 14542 болып тіркелінген бұйрығына сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E5A3C" w:rsidRDefault="007E5A3C" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E5A3C" w:rsidRDefault="007E5A3C" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E5A3C" w:rsidRDefault="007E5A3C" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E5A3C" w:rsidRDefault="007E5A3C" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E5A3C" w:rsidRPr="00C525C6" w:rsidRDefault="007E5A3C" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік әкімшілік қызметшілердің лауазымдық жалақысы, тг.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="007E5A3C" w:rsidRDefault="00C525C6" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C525C6" w:rsidRPr="007E5A3C" w:rsidRDefault="00C525C6" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2242"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidTr="001427FA">
+      <w:tr w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidTr="001427FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Санат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5596" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жылдарына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>байланысты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidTr="001427FA">
+      <w:tr w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidTr="001427FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="00AB0C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidTr="001427FA">
+      <w:tr w:rsidR="00C525C6" w:rsidRPr="00AB0C4F" w:rsidTr="001427FA">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D-О-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="009111D9">
+          <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>263 596</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="001427FA">
+          <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="001427FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>343 820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="00272FA1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C525C6" w:rsidRDefault="00C525C6" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="00004A04">
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...376 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="00004A04">
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="00004A04">
-[...82 lines deleted...]
-    <w:p w:rsidR="00004A04" w:rsidRPr="00945F04" w:rsidRDefault="00004A04" w:rsidP="00004A04">
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...285 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар облысы денсаулық сақтау басқарма» ММ 140000, Павлодар қ., Иса </w:t>
+      </w:r>
+      <w:r w:rsidR="00223208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...267 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...591 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көш. </w:t>
+      </w:r>
+      <w:r w:rsidR="00223208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00223208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>320</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-кабинет, анықтама үшін телефоны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00223208" w:rsidRPr="00223208">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8(7182) 32-00-42,  32-01-20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, электрондық мекенжайы: kense.dz@pavlodar.gov.kz «Б» корпусы бос әкімшілік мемлекеттік лауазымдарына орналасуға  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7444">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішкі конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялайды: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="00945F04">
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы денсаулық сақтау басқармасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B59AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық сақтау жүйесіндегі бухгалтерлік есеп және мемлекеттік сатып алу бөлімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нің басшысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, санаты «D-О-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 бірлік. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A4528" w:rsidRPr="00836617" w:rsidRDefault="008A4528" w:rsidP="008A4528">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>вторая программа предназначена для категорий B-5, B-6, C-4, C-5, С-О-3, C-O-4, C-O-5, C-O-6, C-R-2, C-R-3, C-R-4, D-4, D-5, D-О-3, D-O-4, D-O-5, D-O-6, E-3, E-R-1, E-R-2, E-R-3, E-G-1, E-G-2 и включает:</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Денсаулық сақтау жүйесіндегі бухгалтерлік есеп және мемлекеттік сатып алу бөлімінің бастығы өз қызметінде: Қазақстан Республикасы Қаржы министрінің 2010 жылғы 3 тамыздағы № 393 бұйрығына сәйкес бухгалтерлік есепті жүргізу және бухгалтерлік есепті жүргізу тәртібін белгілейді. Есепке алуды және қаржылық есептілікті қалыптастыруды қабылданған есеп саясатына сәйкес қамтамасыз етеді. Мемлекеттік мекеменің қаржылық жағдайына, қызметінің нәтижелеріне және қаржылық жағдайына қатысты толық және нақты ақпаратпен қамтамасыз етеді. Қазақстан Республикасы Қаржы министрінің 2010 жылғы 15 маусымдағы № 281 бұйрығына сәйкес Мемлекеттік мекемелердің есеп шоттар кестесі бойынша (бұдан әрі - шот картасы) мемлекеттік органның бухгалтерлік жазбаларында мәмілелердің көрсетілуін қамтамасыз етеді. Барлық шаруашылық операцияларды есепке алу шоттарында, операциялық ақпаратты ұсынумен, қаржылық есептілікті уақтылы жинақтауға және бақылауға мүмкіндік береді. Мемлекеттік мекеме басшылығымен бірлесе отыра банк құжаттарына және құжаттарға қол қояды, құжаттар меншік және қолма-қол ақша қабылдау және беру үшін негіз ретінде қызмет етеді. Мемлекеттік мекеме басшысы бухгалтерлік есеп және мемлекеттік сатып алу бөлімінің бастығы өкілдік уәкілетті тұлғаларға банк құжаттары мен бухгалтерлік құжаттарға қол қою құқығын береді. Бұл өкілеттігі мемлекеттік орган басшысының тапсырмаларын негізінде ұсынылған. Бухгалтерлік есеп және мемлекеттік сатып алуды немесе оның орынбасары бөлімінің басшысының қолы қойылмаған құжаттар жарамсыз деп есептеледi және орындау үшін қабыл болмайды. Лауазымнан босатылған кезде (лауазымнан босату, басқа лауазымға тағайындалу, ауыстыру) ол Қазақстан Республикасының еңбек заңнамасына сәйкес тағайындалған денсаулық сақтау жүйесіндегі бухгалтерлік есеп және мемлекеттік сатып алу бөлімінің бастығына, ал соңғы болмаған жағдайда, мемлекеттік мекеме.басшының бұйрығымен тағайындалған қызметкерге жібереді. Мемлекеттік органдарға Қазақстан Республикасының мемлекеттік органдардың бухгалтерлік есеп және қаржылық есептілік саласындағы заңнамасының сақталуын қадағалау, қаржыландыру жоспарын іске асыру барысы, ұйымдармен, мемлекеттік органдармен және жеке тұлғалармен есеп айырысудың жай-күйін, ақшалай және материалдық активтердің сақталуын қадағалауға толық және сенімді ақпарат береді. Ол Қазақстан Республикасы Қаржы министрінің бұйрығымен 2010 жылғы 3 тамыздағы № 393-бабына сәйкес есепке алу мемориалдық-тәртібі түрінде есепке іске асыруды қамтамасыз етеді. Ол бастапқы құжаттар, қағазға бухгалтерлік тіркелімдер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және (немесе) электронды нысанда, қаржы есептілігін, Ұлттық мұрағат қоры және мұрағаттар туралы Қазақстан Республикасының заңнамасында айқындалған мерзімге электрондық өңдеу бағдарламасы тіркелгі сақтауды жүзеге асырады. Бастапқы құжаттар, бухгалтерлік есеп тіркелімдерін, қаржылық есептілік, тіркеу және денсаулық сақтау жүйесіндегі бухгалтерлік есеп бөлімінің бастығы және мемлекеттік сатып алу арқылы оларды мұрағатқа беруге сақтау. Тауарларды, жұмыстарды, қызметтерді сатып алу кезінде, сондай-ақ өз қызметінде мемлекеттік функцияларды жүзеге асыру үшін қажетті қызметтерді сатып алу кезінде «Мемлекеттік сатып алулар туралы» Қазақстан Республикасының 2015 жылғы 4 желтоқсандағы № 434-V Заңының орындалуын қамтамасыз етеді. Мемлекеттік сатып алудың жыл сайынғы жоспарын әзірлеу кезінде ол мемлекеттік сатып алу үшін пайдаланылатын ақшаны оңтайлы және тиімді жұмсау қағидатын, инновациялық және жоғары технологиялық тауарларды, жұмыстарды, қызметтерді сатып алу басымдықтарынан тұрады. Дәрілік заттарды, профилактикалық (иммундық-биологиялық, диагностикалық, дезинфекциялық) препараттарды, медициналық мақсаттағы бұйымдардың және медициналық техниканың сатып алу жүзеге асыру, Қазақстан Республикасының Кодексіне басшылыққа міндетті әлеуметтік медициналық сақтандыру жүйесінде тегін медициналық көмектің кепілдік және медициналық көмек көрсетуге фармацевтикалық қызметтер 2009 жылғы 18 қыркүйектегі №193-IV «Халық денсаулығы және денсаулық сақтау жүйесі туралы» Қазақстан Республикасы Үкіметінің қаулысы Қазақстан препараттар, медициналық мақсаттағы бұйымдар мен медициналық техника, тегін медициналық көмектің кепілдік көлемі және денсаулық сақтау жүйесі қамтамасыз ету үшін фармацевтикалық қызметтер, дәрі-дәрмектерді сатып алуды ұйымдастыру және өткізу ережесін бекіту туралы «2009 жылғы 30 қазандағы №1729 профилактикалық (иммунобиологиялық, диагностикалық, дезинфекциялық) Қазақстан Республикасының денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 мамырдағы «Орфанды препараттар тізімін бекіту туралы» №432 бұйрығы және Қазақстан Республикасының денсаулық сақтау саласындағы өзге де нормативтік құқықтық актілерінен тұрады. Бухгалтерлік есепті ҚСҚЕХС сәйкес қамтамасыз етеді. Бухгалтерлік есеп, мемлекеттік сатып алулар мәселелері бойынша ведомстволық медициналық мекемелерге әдістемелік көмек көрсетеді. Ол «Қаржы министрлігі», «ЭКСО», «Салық төлеушінің кеңсесі», «Респонденттің офисі», «Парус-KAZ.Budzhet» интеграцияланған автоматтандырылған ақпараттық жүйелеріне электронды түрде есеп беруді қамтамасыз етеді. Облыстық денсаулық сақтау басқармасының тауарларды, жұмыстарды және қызметтерді мемлекеттік сатып алуды ұйымдастыруға және жүргізуге, облыстық денсаулық сақтау басқармасының тауарларды, жұмыстарды және қызметтерді мемлекеттік сатып алуды жүзеге асыру мониторингін қамтамасыз етеді. Ол облыстың денсаулық сақтау ұйымдары мен облыстың денсаулық сақтау ұйымдарының тауарларына, жұмыстарына және қызметтеріне мемлекеттік сатып алуды жүзеге асырады. Павлодар облысының денсаулық сақтау басқармасының тауарларды, жұмыстарды және қызметтерді мемлекеттік сатып алу бойынша шарттық міндеттемелерді орындауға мониторинг жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="00945F04">
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>тесты на знание государственного языка Республики Казахстан (20 вопросов) продолжительностью 20 минут;</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Берілген құқықтар шеңберінде қызметтік міндеттерге сәйкес өкілеттіктерді жүзеге асырады. Бөлім бастығының, басшылардың орынбасарларының бұйрықтары мен бұйрықтарының орындалуын қамтамасыз етеді. Ресми функциялар шеңберінде сот және өзге де органдарда облыстық денсаулық сақтау басқармасының мүддесін білдіреді. Жалпы менеджмент кафедрасы мамандары арасында міндеттерді бөледі. Кафедра мамандарының лауазымдық нұсқауларын әзірлейді. Тексереді және Қазақстан Республикасының, Қазақстан Республикасы Қаржы министрлігінің Денсаулық сақтау министрлігінің алдағы құжаттар, облыс әкімі аппараты бақылау орындалуын қамтамасыз етеді. Өз құзыреті шегінде жеке және заңды тұлғалардың өтініштерін қарастыру. Кафедраның жұмысын жақсартады. Мүдделер қақтығысын болдырмау үшін шаралар қабылданады. Ол номенклатурасы қалталарды жүргізу, ішкі еңбек тәртіп ережелерін сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="00945F04">
+    <w:p w:rsidR="008A4528" w:rsidRDefault="008A4528" w:rsidP="008A4528">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысушыларға қойылатын талаптар: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жоғары білім: заң (заң); әлеуметтік ғылымдары, экономика және бизнес (менеджмент және/немесе қаржы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Республики Казахстан "О государственной службе Республики Казахстан" (15 вопросов), "О противодействии коррупции" (15 вопросов), "Об административных процедурах" (15 вопросов), "О порядке рассмотрения обращений физических и юридических лиц" (15 вопросов), "О государственных услугах" (15 вопросов), "О местном государственном управлении и самоуправлении в</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+        <w:t>және/немесе мемлекеттік және жергілікті басқару және/немесе есеп және аудит және/немесе экономика және/немесе әлемдік экономика); жаратылыстану ғылымдары (математика)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Республике Казахстан" (15 вопросов), Этического кодекса государственных служащих Республики Казахстан (Правил служебной этики государственных служащих), утвержденных Указом Президента Республики Казахстан от 29 декабря 2015 года № 153 (10 вопросов).</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="00945F04">
+    <w:p w:rsidR="008A4528" w:rsidRPr="00AB0C4F" w:rsidRDefault="008A4528" w:rsidP="008A4528">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мынадай құзыреттердің бар болуы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0C4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Значения прохождения тестирования по второй программе составляют не менее 78 правильных ответов от общего количества вопросов (130 вопросов) по всем нормативным правовым актам и не менее 5 правильных ответов по каждому нормативному правовому акту. </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стресске орнықтылық, бастамашылдық, жауапкершілік, қызметті тұтынушыға және оны хабарландыруға бағдарлану, адалдық, ынтымақтастық және әрекеттестік, қызметті басқару, шешім қабылдау, көшбасшылық, стратегиялық ойлану, өзгерістерді басқару;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="00945F04">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002422C4" w:rsidRPr="008A4528" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясы жұмысының ашықтылығы мен объективтілігін қамтамасыз ету үшін оның отырысына байқаушылар шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, мемлекеттік қызмет істері жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) қызметкерлері қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаушы ретінде конкурс комиссиясының отырысына қатысу үшін тұлға әңгімелесу басталғанға дейін бір жұмыс күнінен кешіктірмей персоналды басқару қызметінде (кадр қызметінде) тіркеледі. Тіркелу үшін тұлғалар персоналды басқару қызметіне (кадр қызметіне) жеке басын куәландыратын құжаттың көшірмесін немесе электрондық көшірмесін, «Б» корпусының мемлекеттік әкiмшiлiк лауазымына орналасуға арналған конкурсты өткiзу Қағидалардың 26-тармағында көрсетілген ұйымдарға тиесілілігін растайтын құжаттардың көшірмелерін немесе электрондық көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тар шеңберде мамандырылған лауазымдарға конкурсты өткізген жағдайда конкурс комиссиясының отырысына сарапшылар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тар шеңберде мамандырылған ретінде мемлекеттік орган қызметшілерінің 5 пайызынан аз қызметші ие болған мамандық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сарапшы ретінде конкурс жариялаған мемлекеттік органның қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда, соның ішінде ғылым саласында жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкілетті органға немесе оның аумақтық бөлімшесіне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртібінде конкурс комиссиясының шешіміне шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурсқа қатысатын және әңгімелесуге жіберілген кандидаттар оны кандидаттарды әңгімелесу жіберу туралы хабардар ету күнінен бастап үш жұмыс күн ішінде конкурс жариялаған мемлекеттік органдарда өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="007E5A3C" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E5A3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2)3х4 үлгідегі түрлі түсті суретпен Қағидаларға 3-қосымшаға сәйкес нысанда толтырылған «Б» корпусының әкімшілік мемлекеттік лауазымына кандидаттың қызметтiк тiзiмі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)бiлiмi туралы құжаттар мен олардың көшірмелерінің нотариалдық куәландырылған көшiрмелерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленуші, сондай-ақ өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын Қазақстан Республикасының азаматтарына шетелдік жоғары оқу орындары, ғылыми орталықтары мен зертханалары берген білім туралы құжаттарды қоспағанда, Қазақстан Республикасы азаматтарының шетелдік білім беру ұйымдарында алған білімі туралы құжаттарының көшiрмелерiне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды нострификациялау немесе тану куәліктерінің көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленушілерге берілген бiлiмi туралы құжаттарға «Халықааралық бағдарламалар орталығы» Акционерлік қоғамы берген Қазақстан Республикасы Президентінің «Болашақ» халықаралық стипендиясы бойынша оқуды аяқтау туралы анықтаманың көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын бiлiмi туралы құжаттардың көшірмелеріне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды тану туралы анықтаманың көшірмелері қоса беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)еңбек қызметін растайтын құжаттың нотариалдық куәландырылған немесе жұмыс орнынан кадр қызметімен куәландырылған көшiрмесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарына сәйкес құжат тапсырғанға дейін алты айдан аспайтын уақытта берілген 086/е нысандағы денсаулығы туралы медициналық анықтама (дәрігерлік кәсіби-консультациялық қорытынды) (немесе нотариалдық куәландырылған көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00223208" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00223208">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 272 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маусымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 11304 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нотариалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 272 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маусымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 11304 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тіркелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нотариалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>персоналды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кадр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интегралды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәтінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңнаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыстағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сертификаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәтінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасиеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыстағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тексереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ҰМЫС КҮНІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жарияланғаннан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есептеледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корпусының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агенттігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 53-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгімелесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кедергі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келтірмеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидат та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 91- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Басқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үміттенген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізімінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эссені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Эссе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комисиямен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эссені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573A22" w:rsidRPr="00FA04C3" w:rsidRDefault="00573A22" w:rsidP="00573A22">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерге арналған тестілеу бағдарламасы : (екінші бағдарлама) екінші бағдарлама B-5, B-6, C-4, C-5, С-О-3, C-O-4, C-O-5, C-O-6, C-R-2, C-R-3, C-R-4, D-4, D-5, D-О-3, D-O-4, D-O-5, D-O-6, E-3, E-R-1, E-R-2, E-R-3, E-G-1, E-G-2 санаттарына арналған және келесіні қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573A22" w:rsidRPr="00FA04C3" w:rsidRDefault="00573A22" w:rsidP="00573A22">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573A22" w:rsidRPr="00FA04C3" w:rsidRDefault="00573A22" w:rsidP="00573A22">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының Конституциясын (15 сұрақ), "Қазақстан Республикасының Президенті туралы" (15 сұрақ) Қазақстан Республикасының конституциялық заңы, "Қазақстан Республикасының мемлекеттік қызметі туралы" (15 сұрақ), "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" (15 сұрақ), "Әкімшілік рәсімдер туралы" (15 сұрақ), "Жеке және заңды тұлғалардың өтiнiштерiн қарау тәртiбi туралы" (15 сұрақ), "Мемлекеттік көрсетілетін қызметтер туралы" (15 сұрақ), "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" (15 сұрақ) Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 Жарлығымен бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) (10 сұрақ) бiлуге арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573A22" w:rsidRPr="00FA04C3" w:rsidRDefault="00573A22" w:rsidP="00573A22">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Екінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (130 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573A22" w:rsidRPr="00FA04C3" w:rsidRDefault="00573A22" w:rsidP="00573A22">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Екінші бағдарлама бойынша Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 105 минутті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="00CD55C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090E83" w:rsidRPr="002422C4" w:rsidRDefault="00090E83" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="005C06A0" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              (мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00945F04">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      Общее время на выполнение тестов на знание законодательства Республики Казахстан по второй программе составляет 105 минут;</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мені______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________ бос мемлекеттік әкімшілік лауазымына орналасу конкурсына қатысуға жіберуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға конкурс өткізу қағидаларының негізгі талаптарымен таныстым, олармен келісемін және орындауға міндеттеме аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған құжаттарымның дәйектілігіне жауап беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса берілген құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мекен жайы және байланыс телефоны_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»_______________ 20 __ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="005C06A0" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="005D296A">
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="005D296A">
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">КАНДИДАТА НА </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАТИВНУЮ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="005D296A">
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00945F04" w:rsidRPr="00945F04" w:rsidRDefault="00945F04" w:rsidP="005D296A">
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...859 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...823 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="226"/>
         <w:gridCol w:w="61"/>
         <w:gridCol w:w="958"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="2933"/>
-        <w:gridCol w:w="2125"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1459"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="919"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әкесінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>аты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) / </w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>түрлі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ст</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/ цветное,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7242" w:type="dxa"/>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лауазымы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/должность, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>санаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/категория</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="208" w:type="dxa"/>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Туған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұлты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қалауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орнын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бітірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>оның</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>іктілігі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ғылыми</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Шетел</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тілдері</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ілуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наградалары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>құрметті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атақтары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дипломатиялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>әскери</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>арнайы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>атақтары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сыныптық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>шені</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жаза</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, оны </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тағайындау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>негізі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>болған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соңғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тиімділігін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жыл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сайынғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағалау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нәтижесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>егер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жылдан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> кем </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жағдайда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>нақты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>істеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кезеңіндегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бағасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>көрсетіледі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>імшілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметшілер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>толтырады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
+            <w:r w:rsidRPr="002422C4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мекеменің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>орналасқан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>қабылданған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>босатылған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
-[...87 lines deleted...]
-      <w:tr w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кандидаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қолы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="00B74597">
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00945F04">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D296A" w:rsidRPr="00945F04" w:rsidRDefault="005D296A" w:rsidP="005D296A">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0098227C" w:rsidRPr="00945F04" w:rsidRDefault="0098227C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00591D91" w:rsidRPr="002422C4" w:rsidRDefault="00591D91" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0098227C" w:rsidRPr="00945F04" w:rsidSect="009B0E1C">
+    <w:sectPr w:rsidR="00591D91" w:rsidRPr="002422C4" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007A7678" w:rsidRDefault="007A7678" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007A7678" w:rsidRDefault="007A7678" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007A7678" w:rsidRDefault="007A7678" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007A7678" w:rsidRDefault="007A7678" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B7AC4D0"/>
+    <w:name w:val="Outline"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="4"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0E337CC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAC206"/>
+    <w:lvl w:ilvl="0" w:tplc="B622E9EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2F06377B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4DF91237"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3621" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4341" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5061" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5781" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6501" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7221" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7941" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8661" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9381" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="57C44939"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2862BD0A"/>
+    <w:lvl w:ilvl="0" w:tplc="00867912">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="6DA100ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="695C65CE"/>
+    <w:lvl w:ilvl="0" w:tplc="19D0AB24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2510" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3230" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3950" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4670" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5390" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6110" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6830" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00814C86"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FF3FD2"/>
+    <w:rsidRoot w:val="00393FDE"/>
+    <w:rsid w:val="000055F6"/>
+    <w:rsid w:val="000174E0"/>
+    <w:rsid w:val="00024135"/>
+    <w:rsid w:val="00026B63"/>
+    <w:rsid w:val="00047F43"/>
+    <w:rsid w:val="000505DF"/>
+    <w:rsid w:val="000668F5"/>
+    <w:rsid w:val="00090663"/>
+    <w:rsid w:val="00090E83"/>
+    <w:rsid w:val="000A215D"/>
+    <w:rsid w:val="000B221A"/>
+    <w:rsid w:val="000B5508"/>
+    <w:rsid w:val="000C0375"/>
+    <w:rsid w:val="000E2D27"/>
+    <w:rsid w:val="000F13D8"/>
+    <w:rsid w:val="00105BF1"/>
+    <w:rsid w:val="0013438B"/>
+    <w:rsid w:val="001715F8"/>
+    <w:rsid w:val="001A3492"/>
+    <w:rsid w:val="001B61B2"/>
+    <w:rsid w:val="001C3AF3"/>
+    <w:rsid w:val="001D0453"/>
+    <w:rsid w:val="001E10AB"/>
+    <w:rsid w:val="001F354F"/>
+    <w:rsid w:val="001F661A"/>
+    <w:rsid w:val="001F7408"/>
+    <w:rsid w:val="001F759D"/>
+    <w:rsid w:val="00220F50"/>
+    <w:rsid w:val="00223208"/>
+    <w:rsid w:val="002250B5"/>
+    <w:rsid w:val="002422C4"/>
+    <w:rsid w:val="00266B07"/>
+    <w:rsid w:val="00297DE2"/>
+    <w:rsid w:val="002B29DB"/>
+    <w:rsid w:val="002B2E62"/>
+    <w:rsid w:val="002C2311"/>
+    <w:rsid w:val="002E19CF"/>
+    <w:rsid w:val="002F7FF2"/>
+    <w:rsid w:val="00306BA8"/>
+    <w:rsid w:val="00322EC3"/>
+    <w:rsid w:val="0033423F"/>
+    <w:rsid w:val="003426D9"/>
+    <w:rsid w:val="00347561"/>
+    <w:rsid w:val="0035720F"/>
+    <w:rsid w:val="0036056E"/>
+    <w:rsid w:val="003758FB"/>
+    <w:rsid w:val="003905DF"/>
+    <w:rsid w:val="00393FDE"/>
+    <w:rsid w:val="003A0C5A"/>
+    <w:rsid w:val="003F2B14"/>
+    <w:rsid w:val="00421CCE"/>
+    <w:rsid w:val="004239DB"/>
+    <w:rsid w:val="00440B16"/>
+    <w:rsid w:val="00470B4B"/>
+    <w:rsid w:val="00485536"/>
+    <w:rsid w:val="004933B5"/>
+    <w:rsid w:val="004959FC"/>
+    <w:rsid w:val="004A2DBC"/>
+    <w:rsid w:val="004D5D94"/>
+    <w:rsid w:val="004E408E"/>
+    <w:rsid w:val="004E64ED"/>
+    <w:rsid w:val="004F54C0"/>
+    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="00506C83"/>
+    <w:rsid w:val="00512DC0"/>
+    <w:rsid w:val="005161DD"/>
+    <w:rsid w:val="005579DC"/>
+    <w:rsid w:val="00562CBF"/>
+    <w:rsid w:val="00573A22"/>
+    <w:rsid w:val="00576149"/>
+    <w:rsid w:val="00591D91"/>
+    <w:rsid w:val="005A043C"/>
+    <w:rsid w:val="005A2948"/>
+    <w:rsid w:val="005A3579"/>
+    <w:rsid w:val="005C06A0"/>
+    <w:rsid w:val="005D15AC"/>
+    <w:rsid w:val="005E787B"/>
+    <w:rsid w:val="005F12FF"/>
+    <w:rsid w:val="005F4938"/>
+    <w:rsid w:val="005F59FB"/>
+    <w:rsid w:val="006026C7"/>
+    <w:rsid w:val="006042F4"/>
+    <w:rsid w:val="00614B9C"/>
+    <w:rsid w:val="006165B6"/>
+    <w:rsid w:val="00642F7F"/>
+    <w:rsid w:val="006438C4"/>
+    <w:rsid w:val="00672169"/>
+    <w:rsid w:val="00680FE7"/>
+    <w:rsid w:val="0069298D"/>
+    <w:rsid w:val="006946F3"/>
+    <w:rsid w:val="00697D8C"/>
+    <w:rsid w:val="006A5A8E"/>
+    <w:rsid w:val="006A7EC8"/>
+    <w:rsid w:val="006C3817"/>
+    <w:rsid w:val="006E0A99"/>
+    <w:rsid w:val="006F444A"/>
+    <w:rsid w:val="00700D4B"/>
+    <w:rsid w:val="0070180C"/>
+    <w:rsid w:val="0070542B"/>
+    <w:rsid w:val="0070741C"/>
+    <w:rsid w:val="00710675"/>
+    <w:rsid w:val="007131CB"/>
+    <w:rsid w:val="007132E3"/>
+    <w:rsid w:val="00713876"/>
+    <w:rsid w:val="00721215"/>
+    <w:rsid w:val="007225EF"/>
+    <w:rsid w:val="00725B86"/>
+    <w:rsid w:val="00743863"/>
+    <w:rsid w:val="00746575"/>
+    <w:rsid w:val="0074783D"/>
+    <w:rsid w:val="00753396"/>
+    <w:rsid w:val="00776FF5"/>
+    <w:rsid w:val="00777148"/>
+    <w:rsid w:val="00794070"/>
+    <w:rsid w:val="007A4C00"/>
+    <w:rsid w:val="007A7678"/>
+    <w:rsid w:val="007C1539"/>
+    <w:rsid w:val="007C53A7"/>
+    <w:rsid w:val="007E5A3C"/>
+    <w:rsid w:val="007F23B7"/>
+    <w:rsid w:val="0080255F"/>
+    <w:rsid w:val="00805703"/>
+    <w:rsid w:val="00811A04"/>
+    <w:rsid w:val="00841DBF"/>
+    <w:rsid w:val="00860F64"/>
+    <w:rsid w:val="00864993"/>
+    <w:rsid w:val="008717EA"/>
+    <w:rsid w:val="00875F7D"/>
+    <w:rsid w:val="008A4528"/>
+    <w:rsid w:val="008A5682"/>
+    <w:rsid w:val="008D3D70"/>
+    <w:rsid w:val="00905260"/>
+    <w:rsid w:val="00905302"/>
+    <w:rsid w:val="00907884"/>
+    <w:rsid w:val="009162A6"/>
+    <w:rsid w:val="00920023"/>
+    <w:rsid w:val="0092239E"/>
+    <w:rsid w:val="009420E5"/>
+    <w:rsid w:val="0096710D"/>
+    <w:rsid w:val="00982B20"/>
+    <w:rsid w:val="009834C3"/>
+    <w:rsid w:val="009A6278"/>
+    <w:rsid w:val="009B0E1C"/>
+    <w:rsid w:val="009C0AB7"/>
+    <w:rsid w:val="009C73F1"/>
+    <w:rsid w:val="009D7B5F"/>
+    <w:rsid w:val="009E6AB2"/>
+    <w:rsid w:val="009F5A19"/>
+    <w:rsid w:val="00A331FC"/>
+    <w:rsid w:val="00A50676"/>
+    <w:rsid w:val="00A775F2"/>
+    <w:rsid w:val="00A81E70"/>
+    <w:rsid w:val="00A95080"/>
+    <w:rsid w:val="00AB1C8B"/>
+    <w:rsid w:val="00AB2246"/>
+    <w:rsid w:val="00AB56EE"/>
+    <w:rsid w:val="00AD773F"/>
+    <w:rsid w:val="00B01FDA"/>
+    <w:rsid w:val="00B04E2E"/>
+    <w:rsid w:val="00B211A7"/>
+    <w:rsid w:val="00B23E85"/>
+    <w:rsid w:val="00B33503"/>
+    <w:rsid w:val="00B41B71"/>
+    <w:rsid w:val="00B4443A"/>
+    <w:rsid w:val="00B45D95"/>
+    <w:rsid w:val="00B470DF"/>
+    <w:rsid w:val="00B74E3C"/>
+    <w:rsid w:val="00B866F5"/>
+    <w:rsid w:val="00B90D35"/>
+    <w:rsid w:val="00B95A6C"/>
+    <w:rsid w:val="00BB7009"/>
+    <w:rsid w:val="00C05C85"/>
+    <w:rsid w:val="00C403BD"/>
+    <w:rsid w:val="00C44E19"/>
+    <w:rsid w:val="00C51525"/>
+    <w:rsid w:val="00C525C6"/>
+    <w:rsid w:val="00C57282"/>
+    <w:rsid w:val="00C614D4"/>
+    <w:rsid w:val="00C62AC8"/>
+    <w:rsid w:val="00CB4168"/>
+    <w:rsid w:val="00CB4833"/>
+    <w:rsid w:val="00CD55C8"/>
+    <w:rsid w:val="00CD6E25"/>
+    <w:rsid w:val="00CF3ECE"/>
+    <w:rsid w:val="00CF7973"/>
+    <w:rsid w:val="00D032A6"/>
+    <w:rsid w:val="00D04810"/>
+    <w:rsid w:val="00D10597"/>
+    <w:rsid w:val="00D2250C"/>
+    <w:rsid w:val="00D22AC9"/>
+    <w:rsid w:val="00D36A07"/>
+    <w:rsid w:val="00D50310"/>
+    <w:rsid w:val="00D54A5C"/>
+    <w:rsid w:val="00D55014"/>
+    <w:rsid w:val="00D6158C"/>
+    <w:rsid w:val="00DA53AD"/>
+    <w:rsid w:val="00DC7D78"/>
+    <w:rsid w:val="00DE554D"/>
+    <w:rsid w:val="00E30D81"/>
+    <w:rsid w:val="00E469AD"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E62C28"/>
+    <w:rsid w:val="00E64082"/>
+    <w:rsid w:val="00E64560"/>
+    <w:rsid w:val="00E64F5C"/>
+    <w:rsid w:val="00E8056C"/>
+    <w:rsid w:val="00E90248"/>
+    <w:rsid w:val="00E96682"/>
+    <w:rsid w:val="00EA6676"/>
+    <w:rsid w:val="00EB2CF0"/>
+    <w:rsid w:val="00EC5FC4"/>
+    <w:rsid w:val="00EC7E65"/>
+    <w:rsid w:val="00F00704"/>
+    <w:rsid w:val="00F13872"/>
+    <w:rsid w:val="00F20297"/>
+    <w:rsid w:val="00F2104C"/>
+    <w:rsid w:val="00F3013D"/>
+    <w:rsid w:val="00F42E72"/>
+    <w:rsid w:val="00F716D2"/>
+    <w:rsid w:val="00F773DB"/>
+    <w:rsid w:val="00F97600"/>
+    <w:rsid w:val="00FA0F6C"/>
+    <w:rsid w:val="00FA2637"/>
+    <w:rsid w:val="00FB7641"/>
+    <w:rsid w:val="00FD01E9"/>
+    <w:rsid w:val="00FD316D"/>
+    <w:rsid w:val="00FD638A"/>
+    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="00FF1DE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -10980,180 +15063,461 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00725B86"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00500643"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Зн Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00776FF5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00512DC0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00725B86"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00725B86"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E62C28"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00920023"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00920023"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B61B2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00743863"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Готовый"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="00FF190B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="959"/>
+        <w:tab w:val="left" w:pos="1918"/>
+        <w:tab w:val="left" w:pos="2877"/>
+        <w:tab w:val="left" w:pos="3836"/>
+        <w:tab w:val="left" w:pos="4795"/>
+        <w:tab w:val="left" w:pos="5754"/>
+        <w:tab w:val="left" w:pos="6713"/>
+        <w:tab w:val="left" w:pos="7672"/>
+        <w:tab w:val="left" w:pos="8631"/>
+        <w:tab w:val="left" w:pos="9590"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Без интервала2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00753396"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="002422C4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -11247,182 +15611,606 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00725B86"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00500643"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Зн Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00776FF5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00512DC0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00725B86"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00725B86"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E62C28"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00920023"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00920023"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B61B2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00743863"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Готовый"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="00FF190B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="959"/>
+        <w:tab w:val="left" w:pos="1918"/>
+        <w:tab w:val="left" w:pos="2877"/>
+        <w:tab w:val="left" w:pos="3836"/>
+        <w:tab w:val="left" w:pos="4795"/>
+        <w:tab w:val="left" w:pos="5754"/>
+        <w:tab w:val="left" w:pos="6713"/>
+        <w:tab w:val="left" w:pos="7672"/>
+        <w:tab w:val="left" w:pos="8631"/>
+        <w:tab w:val="left" w:pos="9590"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Без интервала2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00753396"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="002422C4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1219634462">
+    <w:div w:id="83457872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="172184632">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="312611577">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="489057307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="584460792">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="870457170">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1175607951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1372418706">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1472362965">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1633559909">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1945454095">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2130397820">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11666,74 +16454,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A99EE29-24A3-425A-820F-E1CC69FFEA41}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>19327</Characters>
+  <Pages>10</Pages>
+  <Words>3326</Words>
+  <Characters>18964</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>161</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22672</CharactersWithSpaces>
+  <CharactersWithSpaces>22246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>