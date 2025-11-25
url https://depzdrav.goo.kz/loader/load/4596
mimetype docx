--- v0 (2025-11-03)
+++ v1 (2025-11-25)
@@ -1,2997 +1,3629 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0064702E" w:rsidRPr="00AB0C4F" w:rsidRDefault="0064702E" w:rsidP="0064702E">
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="008F4E2E" w:rsidP="00C02982">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бъявление внутреннего конкурса среди государственных служащих данного государственного органа для занятия вакантных административных государственных должностей корпуса «Б»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F53C9" w:rsidRPr="00261A35" w:rsidRDefault="000F53C9" w:rsidP="00C02982">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB0C4F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0064702E" w:rsidRPr="00AB0C4F" w:rsidRDefault="0064702E" w:rsidP="0064702E">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Управление здравоохранения Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00C02982">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования ко всем участникам конкурсов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D96883" w:rsidRPr="00261A35" w:rsidRDefault="00D96883" w:rsidP="006E4EA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="005D1663" w:rsidRPr="00AB0C4F" w:rsidRDefault="005D1663" w:rsidP="005D1663">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К административным госуд</w:t>
+      </w:r>
+      <w:r w:rsidR="00261A35" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арственным должностям категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>D-О-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB799F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> устанавливаются следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="006E4EA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B746F" w:rsidRPr="008B746F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">послевузовское </w:t>
+      </w:r>
+      <w:r w:rsidR="008B746F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="006E4EA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наличие следующих компетенций:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стрессоустойчивость, инициативность, ответственность, ориентация на потребителя услуг и его информирование, добропорядочность, саморазвитие, оперативность, сотрудничество и взаимодействие, управление деятельностью, принятие решений, лидерство, стратегическое мышление, управление изменениями;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="006E4EA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>опыт работы должен соответствовать одному из следующих требований:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не менее двух лет стажа работы на государственных должностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) не менее трех лет стажа работы в областях, соответствующих функциональным направлениям конкретной должности данной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) не менее двух лет стажа работы в статусе депутата Парламента Республики Казахстан или депутата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области, города республиканского значения, столицы, района (города областного значения), работающего на постоянной основе, или в статусе международного служащего;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не менее трех лет стажа работы на государственных должностях, в том числе не менее двух лет на должностях правоохранительных или специальных государственных органов или не ниже тактического уровня органа военного управления Вооруженных Сил, местных органов военного управления или военных учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) не менее трех лет стажа работы в областях, соответствующих функциональным направлениям конкретной должности данной категории, при наличии стажа работы не менее одного года на руководящих должностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) завершение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по программам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> послевузовского образования в организациях образования при Президенте Республики Казахстан или в зарубежных высших учебных заведениях по приоритетным специальностям, утверждаемым Республиканской комиссией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E4EA2" w:rsidRPr="006E4EA2" w:rsidRDefault="006E4EA2" w:rsidP="00551978">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) наличие ученой степени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00551978">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="005D1663" w:rsidRPr="00AB0C4F" w:rsidRDefault="005D1663" w:rsidP="005D1663">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00261A35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...371 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB0C4F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...49 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- в соответствии с приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействую коррупции от 13 декабря 2016 года № 85 «Об утверждении Типовых квалификационных требований к административным государственным должностям корпуса «Б»» зарегистрированного в Министерстве юстиции Республики Казахстан 21 декабря 2016 года № 14542 (с учетом изменений приказом Председателя Агентства Республики Казахстан по делам государственной службы от 10 января 2020 года</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2242"/>
         <w:gridCol w:w="3021"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidTr="007653E0">
+      <w:tr w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidTr="008D1848">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="007653E0">
+          <w:p w:rsidR="008D1848" w:rsidRPr="006F7EEB" w:rsidRDefault="008D1848" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Санат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5596" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="007653E0">
+          <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жылдарына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>байланысты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidTr="007653E0">
+      <w:tr w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidTr="008D1848">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="007653E0">
+          <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="007653E0">
+          <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="00261A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="007653E0">
+          <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB0C4F">
+            <w:r w:rsidRPr="00261A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE11A5" w:rsidRPr="00AB0C4F" w:rsidTr="007653E0">
+      <w:tr w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidTr="008D1848">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE11A5" w:rsidRDefault="00DE11A5">
+          <w:p w:rsidR="008D1848" w:rsidRPr="006F7EEB" w:rsidRDefault="006F7EEB" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D-О-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2991" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE11A5" w:rsidRDefault="00DE11A5" w:rsidP="00DE11A5">
+          <w:p w:rsidR="008D1848" w:rsidRPr="006F7EEB" w:rsidRDefault="006F7EEB" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>263 596</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE11A5" w:rsidRDefault="00DE11A5" w:rsidP="00DE11A5">
+          <w:p w:rsidR="008D1848" w:rsidRPr="006F7EEB" w:rsidRDefault="006F7EEB" w:rsidP="00261A35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F7EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>343 820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA1231" w:rsidRPr="00AB0C4F" w:rsidRDefault="00CA1231" w:rsidP="005D1663">
+    <w:p w:rsidR="008D1848" w:rsidRPr="00261A35" w:rsidRDefault="008D1848" w:rsidP="00261A35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00261A35">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2532C" w:rsidRDefault="00F2532C" w:rsidP="00261A35">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Государственное учреждение “Управление здравоохранения Павлодарской области”, 140000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарская область, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00671784" w:rsidRPr="00671784">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. Астана 59, кабинет 320, телефоны для справок 8(7182) 32-00-42,  32-01-20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная почта: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pavlodar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80CC5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>внутренний конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для занятия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>административн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корпуса «Б»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000655CE" w:rsidRPr="00261A35" w:rsidRDefault="000655CE" w:rsidP="00261A35">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F2532C" w:rsidRPr="00261A35" w:rsidRDefault="00F2532C" w:rsidP="00261A35">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74736">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F74736">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела </w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации медицинской помощи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>управления здравоохранения Павлодарской</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атегория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-О-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74736">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>», 1 единица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2532C" w:rsidRPr="00261A35" w:rsidRDefault="00F2532C" w:rsidP="00261A35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005D1663" w:rsidRPr="00AB0C4F" w:rsidRDefault="005D1663" w:rsidP="005D1663">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E745AF" w:rsidRDefault="00F2532C" w:rsidP="00E745AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005D1663" w:rsidRPr="00AB0C4F" w:rsidRDefault="005D1663" w:rsidP="005D1663">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация и осуществление руководства деятельностью отдела, координация работы специалистов отдела. Оказание методической и практической помощи медицинским организациям области по оказанию медицинской помощи населению области. Организация и участие в консилиумах, совещаниях с руководителями и специалистами медицинских организаций области. Взаимодействие с медицинскими организациями области и другими государственными органами по оказанию медицинской помощи и оказанию государственных услуг медицинскими организациями области. Анализ работы медицинских организаций области  по внедрению интегрированной модели оказания медицинской помощи по 5 группам заболеваний, наиболее влияющих на демографическую ситуацию. Организация работы и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  деятельностью главных внештатных специалистов. Проведение анализа смертности от социально - значимых заболеваний с принятием мер и мероприятий по снижению. Способствование повышению эффективности и качества оказания медицинской помощи населению. Осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внедрением в практику новых методов профилактики, диагностики и лечения. Осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отбором и направлением больных, взрослого населения, на высокоспециализированную помощь.  Осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребностью лекарственными препаратами взрослого населения на стационарном уровне. Осуществление выездов в медицинские организации  области с целью оказания организационно-методической помощи. Осуществление мониторинга деятельности портала Бюро госпитализации и анализ госпитализации. Подготовка материалов и  выступлений, работа с населением  в общественных приемных в филиалах партии «НҰ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОТАН»  по вопросам организации  и оказания медицинской помощи. Организация работы по составлению и предоставлению в установленные сроки отчетов   о реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Плана мероприятий Государственной программы развития здравоохранения </w:t>
+      </w:r>
+      <w:r w:rsidR="0007058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0007058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 20</w:t>
+      </w:r>
+      <w:r w:rsidR="0007058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы. Подготовка материалов и организация проведения коллегий управления здравоохранения области, Общественного Совета по защите прав пациентов и противодействию коррупции в области здравоохранения при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области, лечебно-профилактического Совета, Координационного Совета по охране здоровья. Подготовка материалов, выступлений, паспортов объектов, маршрутов  и готовности медицинских организаций при посещении объектов здравоохранения должностными лицами. Организация и проведение работы по соблюдению  этики и деонтологии врачами и средними медицинскими работниками. Составление графика ургентных дежурств по городу Павлодару. Организация и проведение заседаний обществ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терапевтический</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, хирургический), семинаров, конференций. Контролирование процесса дифференцированной оплаты труда. Контролирование процесса эффективного использования медицинского оборудования, изделий медицинского назначения в медицинских организациях области. Проведение анализа работы коечного фонда (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>круглосуточных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стационарзамещающих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Проведение мониторинга и анализа работы передвижных медицинских комплексов. Организация и анализ работы телемедицины. Организация работы по подготовке к аккредитации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медицинских</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации. Рассмотрение и исполнение документов, поступающих из Министерства здравоохранения Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области, управлений области по оказанию медицинской помощи, в том числе по оказанию государственных услуг медицинскими организациями области. Выполнение </w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">приказов  руководителя, решений и указаний вышестоящих органов и должностных лиц, изданных в пределах их полномочий. Участие в разработке и обеспечении выполнения мероприятий Стратегического плана, Соглашений и Плана развития территорий, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB43F4" w:rsidRPr="00AB43F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной программы развития здравоохранения Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Рассмотрение обращений физических и юридических лиц по направлениям деятельности отдела. Контроль по своевременности и качеству оказания государственных услуг, оказываемых в медицинских организациях области, а также по своевременности предоставления анализов и отчетов в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области, в Департамент Агентства по  делам государственной службы по Павлодарской области. Обеспечение ведения номенклатурных папок. Принятие мер по недопущению конфликта интересов. Соблюдение правил внутреннего трудового распорядка. Осуществление иных полномочий, возложенных приказами руководителя управления здравоохранения области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E745AF" w:rsidRDefault="00614398" w:rsidP="00CA19F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="005D1663" w:rsidRPr="00AB0C4F" w:rsidRDefault="005D1663" w:rsidP="005D1663">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E745AF" w:rsidRPr="00E745AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее: здравоохранение и социальное обеспечение (медицина) (сестринское дело и/или общественное здравоохранение и/или фармация и/или медико-профилактическое дело и/или общая медицина и/или менеджмент здравоохранения и/или лечебное дело (фельдшер, фельдшер общей практики)); право (юриспруденция); социальные науки, экономика и бизнес (государственное и местное управление).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00CA19F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для обеспечения прозрачности и объективности работы конкурсной комиссии на ее заседание приглашаются наблюдатели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве наблюдателей на заседании конкурсной комиссии могут присутствовать депутаты Парламента Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех уровней, представители средств массовой информации, аккредитованные в порядке, установленном законодательством Республики Казахстан, других государственных органов, общественных объединений (неправительственных организаций), коммерческих организаций и политических партий, работники уполномоченного органа по делам государственной службы (далее – уполномоченный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для присутствия на заседании конкурсной комиссии в качестве наблюдателя лицо регистрируется в службе управления персоналом (кадровой службе) не позднее одного рабочего дня до начала проведения собеседования. Для регистрации лицо предоставляет в службу управления персоналом (кадровую службу) копию или электронную копию документа, удостоверяющего личность, и копии или электронные копии документов, подтверждающих принадлежность к организациям, указанным в пункте 26 Правил проведения конкурса на занятие административной государственной должности корпуса «Б».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При проведении конкурса на должности с узкой специализацией на заседание конкурсной комиссии приглашаются эксперты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Узкой специализацией является специализация, которой обладают менее 5 % сотрудников государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве экспертов выступают лица, не являющиеся работниками государственного органа, объявившего конкурс, имеющие опыт работы в областях, соответствующих функциональным направлениям вакантной должности, в том числе в научной сфере, а также специалисты по отбору и продвижению персонала, государственные служащие других государственных органов, депутаты Парламента Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Участники конкурса и кандидаты могут обжаловать решение конкурсной комиссии в уполномоченный орган или его территориальное подразделение, либо в судебном порядке в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кандидаты, участвующие во внутреннем конкурсе и допущенные к собеседованию, проходят его в государственных органах, объявивших конкурс, в течение трех рабочих дней со дня уведомления кандидатов о допуске их к собеседованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB0C4F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно пункту 53 Правил проведения конкурса на занятие административной государственной должности корпуса «Б» </w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00CA1231" w:rsidRPr="00AB0C4F">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(приказ Агентства от 21 февраля 2017 года № </w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>40)</w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во время собеседования кандидат также может использовать технические средства записи, если это не мешает ходу заседания конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A20D55" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно пункту 91 Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидаты, претендующие на руководящие должности пишут</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одно эссе на одну из тем, определяемых конкурсной комиссией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Эссе оценивается Комиссией. Время написания эссе не должно превышать 45 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимые для участия в конкурсе документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно приложению 2 к Правилам проведения конкурсов на занятие административной государственной должности корпуса «Б» (форма прилагается);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) послужной список, заверенный соответствующей службой управления персоналом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00567E7A" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы должны быть представлены в течение </w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 РАБОЧИХ ДНЕЙ </w:t>
+      </w:r>
+      <w:r w:rsidR="00614398" w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>со следующего рабочего дня после последней публикации объявления о проведении внутреннего конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614398" w:rsidRPr="00261A35" w:rsidRDefault="00614398" w:rsidP="00567E7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007001D3" w:rsidRPr="007001D3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(государственный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...245 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...301 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Прошу допустить меня </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к участию в конкурсе на занятие вакантной административной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной должности _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...244 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>С основными требованиями Правил проведения конкурса на занятие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> административной государственной должности корпуса «Б» ознакомлен (ознакомлена), согласен (согласна) и обязуюсь их выполнять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Отвечаю за подлинность представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прилагаемые документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...129 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0064702E" w:rsidRPr="00AB0C4F" w:rsidRDefault="0064702E" w:rsidP="0064702E">
-[...134 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>Адрес и контактный телефон ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00AB0C4F">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00AB0C4F">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00AB0C4F">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve"> (Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">     ____________________________________</w:t>
-[...150 lines deleted...]
-    <w:sectPr w:rsidR="00326596" w:rsidRPr="00AB0C4F" w:rsidSect="009B0E1C">
+        <w:t>«____»_______________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidRDefault="005D296A" w:rsidP="00261A35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D296A" w:rsidRPr="00261A35" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00000001"/>
+    <w:nsid w:val="10123D7A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6B7AC4D0"/>
-[...216 lines deleted...]
-    <w:tmpl w:val="B3FEAF7E"/>
+    <w:tmpl w:val="5A280A6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3057,925 +3689,161 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...469 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...70 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="93"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00393FDE"/>
-[...247 lines deleted...]
-    <w:rsid w:val="00FF1DE4"/>
+    <w:rsidRoot w:val="00814C86"/>
+    <w:rsid w:val="000655CE"/>
+    <w:rsid w:val="0007058A"/>
+    <w:rsid w:val="0009349D"/>
+    <w:rsid w:val="00096F2A"/>
+    <w:rsid w:val="000C747F"/>
+    <w:rsid w:val="000F53C9"/>
+    <w:rsid w:val="001E1B45"/>
+    <w:rsid w:val="00243019"/>
+    <w:rsid w:val="00261A35"/>
+    <w:rsid w:val="003535AA"/>
+    <w:rsid w:val="00517ACF"/>
+    <w:rsid w:val="005418BD"/>
+    <w:rsid w:val="00551978"/>
+    <w:rsid w:val="00567E7A"/>
+    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00614398"/>
+    <w:rsid w:val="00671784"/>
+    <w:rsid w:val="006E4EA2"/>
+    <w:rsid w:val="006F7EEB"/>
+    <w:rsid w:val="0073368F"/>
+    <w:rsid w:val="00814C86"/>
+    <w:rsid w:val="0083324C"/>
+    <w:rsid w:val="008B746F"/>
+    <w:rsid w:val="008D1848"/>
+    <w:rsid w:val="008F4E2E"/>
+    <w:rsid w:val="0098227C"/>
+    <w:rsid w:val="00A20D55"/>
+    <w:rsid w:val="00A44E6F"/>
+    <w:rsid w:val="00AB24F2"/>
+    <w:rsid w:val="00AB43F4"/>
+    <w:rsid w:val="00AB799F"/>
+    <w:rsid w:val="00C02982"/>
+    <w:rsid w:val="00CA19F4"/>
+    <w:rsid w:val="00D05CC3"/>
+    <w:rsid w:val="00D46048"/>
+    <w:rsid w:val="00D80CC5"/>
+    <w:rsid w:val="00D96883"/>
+    <w:rsid w:val="00E446D2"/>
+    <w:rsid w:val="00E745AF"/>
+    <w:rsid w:val="00F2532C"/>
+    <w:rsid w:val="00F74736"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -4069,461 +3937,180 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...26 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="005D296A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="005D296A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...30 lines deleted...]
-    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Зн Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="005D296A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...188 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="005D296A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
-    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="005D296A"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF190B"/>
-[...17 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00614398"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...10 lines deleted...]
-  <w:style w:type="character" w:styleId="af3">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0064702E"/>
+    <w:rsid w:val="00614398"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -4617,606 +4204,307 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...26 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="005D296A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="005D296A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...30 lines deleted...]
-    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Зн Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="005D296A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...188 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="005D296A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
-    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="005D296A"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF190B"/>
-[...17 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00614398"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...10 lines deleted...]
-  <w:style w:type="character" w:styleId="af3">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0064702E"/>
+    <w:rsid w:val="00614398"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="83457872">
+    <w:div w:id="1353723425">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="172184632">
+    <w:div w:id="1695229085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...128 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="105269949">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1934782775">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1583760979">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="982932235">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="157696773">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="569002473">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1256861954">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="575672767">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5460,87 +4748,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2011</Words>
-  <Characters>11464</Characters>
+  <Words>1939</Words>
+  <Characters>11055</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13449</CharactersWithSpaces>
+  <CharactersWithSpaces>12969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>